--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -183,51 +183,51 @@
   <si>
     <t>2 x 1Вт</t>
   </si>
   <si>
     <t>МЕХАНИЧЕСКИЕ ХАРАКТЕРИСТИКИ</t>
   </si>
   <si>
     <t>Эргономика</t>
   </si>
   <si>
     <t>наклон</t>
   </si>
   <si>
     <t>Угол наклона экрана</t>
   </si>
   <si>
     <t>60° вверх; 45° вниз</t>
   </si>
   <si>
     <t>6.АКСЕССУАРЫ</t>
   </si>
   <si>
     <t>Кабели</t>
   </si>
   <si>
-    <t>Питание (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Прочее</t>
   </si>
   <si>
     <t>Краткое руководство по началу работы, Руководство по безопасности</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Блок питания</t>
   </si>
   <si>
     <t>внутренний</t>
   </si>
   <si>
     <t>Питание</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Гц</t>
   </si>
   <si>
     <t>Потребляемая мощность</t>
   </si>