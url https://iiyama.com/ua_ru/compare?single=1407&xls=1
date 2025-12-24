--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -274,51 +274,51 @@
   <si>
     <t>400 x 400mm</t>
   </si>
   <si>
     <t>Mini PC mount</t>
   </si>
   <si>
     <t>VESA 75 x 75, VESA 100 x 100</t>
   </si>
   <si>
     <t>Диапазон рабочих температур</t>
   </si>
   <si>
     <t>0°C - 40°C</t>
   </si>
   <si>
     <t>Диапазон температур хранения</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
-    <t>44.000 часов (включая подсветку)</t>
+    <t>50.000 часов (включая подсветку)</t>
   </si>
   <si>
     <t>6.АКСЕССУАРЫ</t>
   </si>
   <si>
     <t>Кабели</t>
   </si>
   <si>
     <t>Питание (1.8m), HDMI (1.8m), RS-232c (1.8m)</t>
   </si>
   <si>
     <t>Руководства пользователя</t>
   </si>
   <si>
     <t>Краткое руководство по началу работы, Руководство по безопасности</t>
   </si>
   <si>
     <t>Прочее</t>
   </si>
   <si>
     <t>Наклейки для отверстий под винты, пряжки для проводов</t>
   </si>
   <si>
     <t>Пульт ДУ</t>
   </si>