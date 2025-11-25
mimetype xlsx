--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -143,51 +143,51 @@
   <si>
     <t>Тач</t>
   </si>
   <si>
     <t>Сенсорная технология</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Точек касания</t>
   </si>
   <si>
     <t>20 (HID, требует поддерживаемой ОС)</t>
   </si>
   <si>
     <t>Точность сенсора</t>
   </si>
   <si>
     <t>+- 2.5мм</t>
   </si>
   <si>
     <t>Сенсорный ввод</t>
   </si>
   <si>
-    <t>стилус, палец, перчатка (latex)</t>
+    <t>стилус, палец</t>
   </si>
   <si>
     <t>Touch interface</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Поддерживаемые операционные системы</t>
   </si>
   <si>
     <t>Все мониторы iiyama Plug &amp; Play совместимы с Windows и Linux. Для получения дополнительной информации о поддерживаемой ОС для сенсорных моделей, смотрите файлы инструкции и драйверы,  доступные в разделе загрузки.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
     <t>ИНТЕРФЕЙСЫ / РАЗЪЕМЫ /  УПРАВЛЕНИЕ</t>
   </si>
   <si>
     <t>Вход цифрового сигнала</t>
   </si>
@@ -258,51 +258,51 @@
   <si>
     <t>Максимальное (неперерывное) время работы</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti image retention</t>
   </si>
   <si>
     <t>Толщина стекла</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Твердость стекла</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Корпус (безель)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>metal (front)</t>
   </si>
   <si>
     <t>Блокировка экранного меню</t>
   </si>
   <si>
     <t>Блокировка пульта ДУ</t>
   </si>
   <si>
     <t>ОСНОВНОЕ</t>
   </si>
   <si>
     <t>Языки экранного меню</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Кнопки управления</t>
   </si>
   <si>
     <t>Power (long press for Quick Menu (source, volume +, volume -, brightness +, brightness -, Touch unlock)</t>
   </si>
   <si>
     <t>Настройки пользователя</t>
   </si>