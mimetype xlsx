--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -163,177 +163,177 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Поддерживаемые операционные системы</t>
   </si>
   <si>
     <t>Все мониторы iiyama Plug &amp; Play совместимы с Windows и Linux. Для получения дополнительной информации о поддерживаемой ОС для сенсорных моделей, смотрите файлы инструкции и драйверы,  доступные в разделе загрузки.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
     <t>ИНТЕРФЕЙСЫ / РАЗЪЕМЫ /  УПРАВЛЕНИЕ</t>
   </si>
   <si>
     <t>Вход цифрового сигнала</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt режим, Сенсорный, 1x передний: 100W PD, 1x задний: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Аудио вход</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Управление</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Выход цифрового сигнала</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Аудио выход</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini jack x1 (Headphone)
 Колонки 2 x 20Вт (Фронт + 20W Subwoofer)</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB ports</t>
   </si>
   <si>
-    <t>x5 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 3.2 (Gen 1, 5Gbit, 100W PD), 1x USB-C OUT 3.2)</t>
+    <t>x4 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Автоматическое переключение для ПК и Android, 1000 МБ)</t>
   </si>
   <si>
     <t>Microphone</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>ФУНКЦИИ</t>
   </si>
   <si>
     <t>Интегрированное ПО</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) featuring Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, file manager, cloud drives and iiShare, plus EShare for wireless connection with Windows/iOS/Android devices</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>да (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Аппаратные средства</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Датчики: Освещённость, считыватель NFC, движение PIR, поднятие пера; Слот для опционального OPS ПК, слот для карты Micro SD, 4x стилус (антибактериальное покрытие)</t>
+    <t>Датчики: Освещённость, считыватель NFC, движение PIR, поднятие пера; Слот для опционального OPS ПК, слот для карты Micro SD, 4x стилус</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>Максимальное (неперерывное) время работы</t>
   </si>
   <si>
     <t>24/7 (While the components are rated for 24/7 operation, we recommend usage not exceeding 18 hours per day to ensure optimal product longevity.)</t>
   </si>
   <si>
     <t>Воспроизведение мультимедиа</t>
   </si>
   <si>
     <t>Толщина стекла</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Твердость стекла</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Корпус (безель)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Блокировка экранного меню</t>
   </si>
   <si>
     <t>ОСНОВНОЕ</t>
   </si>
   <si>
     <t>Языки экранного меню</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Кнопки управления</t>
   </si>
   <si>
-    <t>Power</t>
+    <t>Питание (удерживайте 3–5 секунд), «Домой» (ярлык на экране): короткое нажатие кнопки питания</t>
   </si>
   <si>
     <t>Настройки пользователя</t>
   </si>
   <si>
     <t>personalization (theme, wallpaper, auto loop), display (backlight, image mode, brightness, contrast, saturation, Hue, sharpness, colour temp., eye protection mode, energy saving, HDMI range), sound (volume direct, max volume, equalizer, balance, sound mode, bass, treble), general (radial menu, side menu bar, gesture interaction, screen recorder, free annotation), device (microphone, camera (external), NFC, CEC, ambient light sensor, stylus pen pickup sensor, PIR motion sensor), input settings (source lost detection, auto source switch, auto wakeup, OPS boot with system, power on source, rename input setting), system (power status, build version), admin (menu lock, system security, meeting mode, screen share, HDMI Mode, wake On Lan), applications (network &amp; internet, connected devices, apps, notifications, storage, sound &amp; vibration, display, wallpaper, accessibility, security &amp; privacy, location, safety &amp; emergency, passwords &amp; accounts, digital wellbeing &amp; parental controls, Google, system, about device)</t>
   </si>
   <si>
     <t>Уменьшение голубого свечения</t>
   </si>
   <si>
     <t>Flicker Free LED</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Гарантия</t>
   </si>
   <si>
     <t>5 лет (подробные сведения и страны, соответствующие критериям, см. в разделе «Гарантия» на нашем веб-сайте)</t>
   </si>
@@ -364,99 +364,99 @@
   <si>
     <t>Диапазон температур хранения</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 часов (включая подсветку)</t>
   </si>
   <si>
     <t>6.АКСЕССУАРЫ</t>
   </si>
   <si>
     <t>Кабели</t>
   </si>
   <si>
     <t>Питание (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
-    <t>x4 (Насадки двойной функции, Антибактериальное покрытие)</t>
+    <t>x4 (Насадки двойной функции)</t>
   </si>
   <si>
     <t>Руководства пользователя</t>
   </si>
   <si>
     <t>Краткое руководство по началу работы, Руководство по безопасности</t>
   </si>
   <si>
     <t>Прочее</t>
   </si>
   <si>
     <t>Wall Mounting Bracket (VESA 800x600), Webcam Mounting Bracket, Cable ties (6pcs)</t>
   </si>
   <si>
     <t>Пульт ДУ</t>
   </si>
   <si>
     <t>да (батарейки в комплекте)</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Блок питания</t>
   </si>
   <si>
     <t>внутренний</t>
   </si>
   <si>
     <t>Питание</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Гц</t>
   </si>
   <si>
     <t>Потребляемая мощность</t>
   </si>
   <si>
     <t>300W стандарт, 0.5W ожидание, 0.3W отключено</t>
   </si>
   <si>
     <t>Стандарты</t>
   </si>
   <si>
     <t>Сертификаты</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Класс энергоэффективности (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT - это комплексный экологический рейтинг, который помогает определить наиболее экологичные компьютеры и другое электронное оборудование. Сертификация Bronze означает, что монитор соответствует всем необходимым критериям. EPEAT Bronze действует в странах, где компания iiyama регистрирует продукт. Посетите сайт www.epeat.net, чтобы узнать о статусе регистрации в вашей стране.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>свинца, превышает 0.1%</t>
   </si>
   <si>
     <t>РАЗМЕР / ВЕС</t>
   </si>
   <si>
     <t>Размер продукта Ш x В x Г</t>
   </si>