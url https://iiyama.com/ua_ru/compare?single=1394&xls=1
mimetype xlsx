--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -163,177 +163,177 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Поддерживаемые операционные системы</t>
   </si>
   <si>
     <t>Все мониторы iiyama Plug &amp; Play совместимы с Windows и Linux. Для получения дополнительной информации о поддерживаемой ОС для сенсорных моделей, смотрите файлы инструкции и драйверы,  доступные в разделе загрузки.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
     <t>ИНТЕРФЕЙСЫ / РАЗЪЕМЫ /  УПРАВЛЕНИЕ</t>
   </si>
   <si>
     <t>Вход цифрового сигнала</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt режим, Сенсорный, 1x передний: 100W PD, 1x задний: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Аудио вход</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Управление</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Выход цифрового сигнала</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Аудио выход</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini jack x1 (Headphone)
 Колонки 2 x 20Вт (Фронт + 20W Subwoofer)</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB ports</t>
   </si>
   <si>
-    <t>x5 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 3.2 (Gen 1, 5Gbit, 100W PD), 1x USB-C OUT 3.2)</t>
+    <t>x4 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Автоматическое переключение для ПК и Android, 1000 МБ)</t>
   </si>
   <si>
     <t>Microphone</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>ФУНКЦИИ</t>
   </si>
   <si>
     <t>Интегрированное ПО</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) featuring Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, file manager, cloud drives and iiShare, plus EShare for wireless connection with Windows/iOS/Android devices</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>да (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Аппаратные средства</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Датчики: Освещённость, считыватель NFC, движение PIR, поднятие пера; Слот для опционального OPS ПК, слот для карты Micro SD, 4x стилус (антибактериальное покрытие)</t>
+    <t>Датчики: Освещённость, считыватель NFC, движение PIR, поднятие пера; Слот для опционального OPS ПК, слот для карты Micro SD, 4x стилус</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>Максимальное (неперерывное) время работы</t>
   </si>
   <si>
     <t>24/7 (While the components are rated for 24/7 operation, we recommend usage not exceeding 18 hours per day to ensure optimal product longevity.)</t>
   </si>
   <si>
     <t>Воспроизведение мультимедиа</t>
   </si>
   <si>
     <t>Толщина стекла</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Твердость стекла</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Корпус (безель)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Блокировка экранного меню</t>
   </si>
   <si>
     <t>ОСНОВНОЕ</t>
   </si>
   <si>
     <t>Языки экранного меню</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Кнопки управления</t>
   </si>
   <si>
-    <t>Power</t>
+    <t>Питание (удерживайте 3–5 секунд), «Домой» (ярлык на экране): короткое нажатие кнопки питания</t>
   </si>
   <si>
     <t>Уменьшение голубого свечения</t>
   </si>
   <si>
     <t>Flicker Free LED</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Гарантия</t>
   </si>
   <si>
     <t>5 лет (подробные сведения и страны, соответствующие критериям, см. в разделе «Гарантия» на нашем веб-сайте)</t>
   </si>
   <si>
     <t>МЕХАНИЧЕСКИЕ ХАРАКТЕРИСТИКИ</t>
   </si>
   <si>
     <t>Ориентация</t>
   </si>
@@ -358,99 +358,99 @@
   <si>
     <t>Диапазон температур хранения</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 часов (включая подсветку)</t>
   </si>
   <si>
     <t>6.АКСЕССУАРЫ</t>
   </si>
   <si>
     <t>Кабели</t>
   </si>
   <si>
     <t>Питание (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
-    <t>x4 (Насадки двойной функции, Антибактериальное покрытие)</t>
+    <t>x4 (Насадки двойной функции)</t>
   </si>
   <si>
     <t>Руководства пользователя</t>
   </si>
   <si>
     <t>Краткое руководство по началу работы, Руководство по безопасности</t>
   </si>
   <si>
     <t>Прочее</t>
   </si>
   <si>
     <t>Wall Mounting Bracket (VESA 800x400), Webcam Mounting Bracket, Cable ties (6pcs)</t>
   </si>
   <si>
     <t>Пульт ДУ</t>
   </si>
   <si>
     <t>да (батарейки в комплекте)</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Блок питания</t>
   </si>
   <si>
     <t>внутренний</t>
   </si>
   <si>
     <t>Питание</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Гц</t>
   </si>
   <si>
     <t>Потребляемая мощность</t>
   </si>
   <si>
     <t>216W стандарт, 0.5W ожидание, 0.3W отключено</t>
   </si>
   <si>
     <t>Стандарты</t>
   </si>
   <si>
     <t>Сертификаты</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Класс энергоэффективности (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT - это комплексный экологический рейтинг, который помогает определить наиболее экологичные компьютеры и другое электронное оборудование. Сертификация Bronze означает, что монитор соответствует всем необходимым критериям. EPEAT Bronze действует в странах, где компания iiyama регистрирует продукт. Посетите сайт www.epeat.net, чтобы узнать о статусе регистрации в вашей стране.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>свинца, превышает 0.1%</t>
   </si>
   <si>
     <t>РАЗМЕР / ВЕС</t>
   </si>
   <si>
     <t>Размер продукта Ш x В x Г</t>
   </si>