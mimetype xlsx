--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Контрастность</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Время отклика (GTG)</t>
   </si>
   <si>
     <t>6.5мс</t>
   </si>
   <si>
     <t>Видимая область</t>
   </si>
   <si>
     <t>горизонталь/вертикаль: 178°/178°, право/лево: 89°/89°, вверх/вниз: 89°/89°</t>
   </si>
   <si>
     <t>Поддержка цвета</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Частота горизонтальной развертки</t>
   </si>
   <si>
     <t>57 - 62kГц</t>
   </si>
   <si>
     <t>Видимая область Ш x В</t>
   </si>
   <si>
     <t>2158.8 x 1214.4мм, 85 x 47.8"</t>
   </si>
   <si>
     <t>Ширина безеля стороны, верх, низ)</t>
   </si>
   <si>
-    <t>21.5мм, 21.8мм, 21.8мм</t>
+    <t>20мм, 20мм, 20мм</t>
   </si>
   <si>
     <t>Размер пикселя</t>
   </si>
   <si>
     <t>0.487мм</t>
   </si>
   <si>
     <t>Цвет и отделка безеля</t>
   </si>
   <si>
     <t>черный, матовый</t>
   </si>
   <si>
     <t>ИНТЕРФЕЙСЫ / РАЗЪЕМЫ /  УПРАВЛЕНИЕ</t>
   </si>
   <si>
     <t>Вход цифрового сигнала</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Управление</t>