--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Контрастность</t>
   </si>
   <si>
     <t xml:space="preserve">4000:1 </t>
   </si>
   <si>
     <t>Время отклика (GTG)</t>
   </si>
   <si>
     <t>6.5мс</t>
   </si>
   <si>
     <t>Видимая область</t>
   </si>
   <si>
     <t>горизонталь/вертикаль: 178°/178°, право/лево: 89°/89°, вверх/вниз: 89°/89°</t>
   </si>
   <si>
     <t>Поддержка цвета</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Частота горизонтальной развертки</t>
   </si>
   <si>
     <t>57 - 62kГц</t>
   </si>
   <si>
     <t>Видимая область Ш x В</t>
   </si>
   <si>
     <t>941.2 x 529.4мм, 37 x 20.8"</t>
   </si>
   <si>
     <t>Ширина безеля стороны, верх, низ)</t>
   </si>
   <si>
-    <t>15мм, 16мм, 16мм</t>
+    <t>12.8мм, 12.8мм, 12.8мм</t>
   </si>
   <si>
     <t>Размер пикселя</t>
   </si>
   <si>
     <t>0.245мм</t>
   </si>
   <si>
     <t>Цвет и отделка безеля</t>
   </si>
   <si>
     <t>черный, матовый</t>
   </si>
   <si>
     <t>ИНТЕРФЕЙСЫ / РАЗЪЕМЫ /  УПРАВЛЕНИЕ</t>
   </si>
   <si>
     <t>Вход цифрового сигнала</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Управление</t>
@@ -196,51 +196,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Wall mounting kit included (VESA 300x300mm)</t>
   </si>
   <si>
     <t>Максимальное (неперерывное) время работы</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Anti image retention</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
     <t>Воспроизведение мультимедиа</t>
   </si>
   <si>
     <t>Корпус (безель)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastic</t>
   </si>
   <si>
     <t>ОСНОВНОЕ</t>
   </si>
   <si>
     <t>Языки экранного меню</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Кнопки управления</t>
   </si>
   <si>
     <t>Power Indicator, Power button, Remote Sensor</t>
   </si>
   <si>
     <t>Настройки пользователя</t>
   </si>
   <si>
     <t>network (status, Wifi, ethernet, hotspot), picture (brightness, contrast, sharpness, black level, tint, colour, noise reduction, gamma selection, colour temp., colour control, picture reset), audio (balance, treble, bass, volume, audio out, max. volume, min. volume, mute, audio out sync, speaker setting, audio reset), OSD setting (OSD timeout, OSD H-Position, OSD V-position, OSD transparency, information OSD), general (logo and animation, wallpaper, no signal image, schedule, off timer), screen (zoom mode, custom zoom, system rotation, screen reset), device (power on status, RS232 routing, IR control, power saving, panel saving, monitor info, other), channel (boot on source, rename input channel, auto source switching, signal lost detection, HDMI version), system (language, system update, setting reset, factory reset, Android setting), admin (menu lock, meeting room, HDMI CEC, screen share, Miracast standby, log export)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>