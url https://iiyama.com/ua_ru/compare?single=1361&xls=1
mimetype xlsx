--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>ProLite TE6513A-B1AG</t>
   </si>
   <si>
     <t>ХАРАКТЕРИСТИКИ ДИСПЛЕЯ</t>
   </si>
   <si>
     <t>Дизайн</t>
   </si>
   <si>
     <t>Thin bezel</t>
   </si>
   <si>
     <t>Диагональ</t>
   </si>
   <si>
     <t>64.5", 163.9см</t>
   </si>
   <si>
     <t>Панель</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
@@ -175,181 +175,184 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Поддерживаемые операционные системы</t>
   </si>
   <si>
     <t>Все мониторы iiyama Plug &amp; Play совместимы с Windows и Linux. Для получения дополнительной информации о поддерживаемой ОС для сенсорных моделей, смотрите файлы инструкции и драйверы,  доступные в разделе загрузки.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
     <t>ИНТЕРФЕЙСЫ / РАЗЪЕМЫ /  УПРАВЛЕНИЕ</t>
   </si>
   <si>
     <t>Вход цифрового сигнала</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x2 (3.2 (Gen 1, 5 Гбит), 3840×2160 @60 Гц (RGB444), режим DP 1.2 Alt, PD (1× передний 100W [общий доступ к сети 100М], 1× сбоку 65W), Данные, Сенсорный)</t>
+USB-C x2 (спереди: 1x 3.2 (Gen1, 5Gbit, 100W PD), сбоку: 1x 2.0 (480 Mbps, 65W PD), 3840x2160 @60Hz (RGB444), DP 1.2 Alt mode, Data, Touch)</t>
   </si>
   <si>
     <t>Аудио вход</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Управление</t>
   </si>
   <si>
     <t>RS-232c x1</t>
   </si>
   <si>
     <t>Выход цифрового сигнала</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444, MSD (Multi-Screen Display))</t>
   </si>
   <si>
     <t>Аудио выход</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini jack x1 (Headphone)
-Колонки 2 x 20Вт (Фронт + 20W Subwoofer)</t>
+Колонки 2 x 20Вт (Фронт + сабвуфер 20 Вт сзади)</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin - После установки: USB-C спереди: 65 Вт, сбоку: 15 Вт)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB ports</t>
   </si>
   <si>
-    <t>x5 (bоспроизведение мультимедиа / периферия / хранилище – спереди: 2× 3.2 (Gen 1, 5 Гбит), 1× USB-C 3.2 (Gen 1, 5 Гбит, 100 Вт PD), сбоку: 1× 3.2 (Gen 1, 5 Гбит), 1× USB-C v.3.2 (Gen 1, 5 Гбит, 65 Вт PD))</t>
+    <t>x6 (bоспроизведение мультимедиа / периферия / хранилище – спереди: 1x USB-C 3.2 (Gen 1, 5Gbit, 100W PD), 2x 3.2 (Gen 1, 5Gbit), сбоку: 1x USB-C 2.0 (480 Mbps, 65W PD), 1x 2.0 (480Mbps),  1x 3.2 (Gen 1, 5Gbit))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Автоматическое переключение для ПК и Android, 1000 МБ)</t>
   </si>
   <si>
     <t>ФУНКЦИИ</t>
   </si>
   <si>
     <t>Интегрированное ПО</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) featuring Google EDLA, iiControl (DMS), WhiteBoard, web browser, file manager, cloud drives and iiShare for wireless connection with Windows/iOS/Android devices</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>да (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Аппаратные средства</t>
   </si>
   <si>
     <t>CPU: Quad-core A73*4 (1.4GHz), GPU: G52 MC1, RAM: 8GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Ambiant light Sensor, Pen Pick-up Sensor, PIR Motion Sensor, Slot for optional OPS PC, 4x Touch pen (anti-bacterial coating)</t>
+    <t>Ambiant light Sensor, Pen Pick-up Sensor, PIR Motion Sensor, Slot for optional OPS PC, 4x Touch pen</t>
   </si>
   <si>
     <t>Максимальное (неперерывное) время работы</t>
   </si>
   <si>
     <t>24/7 (While the components are rated for 24/7 operation, we recommend usage not exceeding 18 hours per day to ensure optimal product longevity)</t>
   </si>
   <si>
     <t>Воспроизведение мультимедиа</t>
   </si>
   <si>
     <t>Толщина стекла</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Твердость стекла</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Корпус (безель)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Блокировка экранного меню</t>
   </si>
   <si>
     <t>ОСНОВНОЕ</t>
   </si>
   <si>
     <t>Языки экранного меню</t>
   </si>
   <si>
-    <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
+    <t xml:space="preserve">EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB, , , , </t>
   </si>
   <si>
     <t>Кнопки управления</t>
   </si>
   <si>
-    <t>Power, Home, Touch-freeze, Volume, Input (source)</t>
+    <t>Power, Home, Volume, Input (source)</t>
   </si>
   <si>
     <t>Настройки пользователя</t>
   </si>
   <si>
     <t>general settings (input, volume, backlight), audio (volume, bass, treble, balance, sound mode, mute), screen settings (aspect ratio, pixel shift), display settings (brightness, contrast, hue, sharpness, display mode colour temp), settings (wireless &amp; networks, share, device, personal, system)</t>
   </si>
   <si>
     <t>Уменьшение голубого свечения</t>
   </si>
   <si>
     <t>Flicker Free LED</t>
   </si>
   <si>
+    <t>98" не поддерживается</t>
+  </si>
+  <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Гарантия</t>
   </si>
   <si>
     <t>5 лет (подробные сведения и страны, соответствующие критериям, см. в разделе «Гарантия» на нашем веб-сайте)</t>
   </si>
   <si>
     <t>МЕХАНИЧЕСКИЕ ХАРАКТЕРИСТИКИ</t>
   </si>
   <si>
     <t>Ориентация</t>
   </si>
   <si>
     <t>ландшафт</t>
   </si>
   <si>
     <t>Безвентиляторный дизайн</t>
   </si>
   <si>
     <t>Крепление VESA</t>
@@ -366,105 +369,141 @@
   <si>
     <t>Диапазон температур хранения</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 часов (включая подсветку)</t>
   </si>
   <si>
     <t>6.АКСЕССУАРЫ</t>
   </si>
   <si>
     <t>Кабели</t>
   </si>
   <si>
     <t>Питание (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
-    <t>x4 (Насадки двойной функции, Антибактериальное покрытие)</t>
+    <t>x4 (Насадки двойной функции)</t>
   </si>
   <si>
     <t>Руководства пользователя</t>
   </si>
   <si>
     <t>Краткое руководство по началу работы, Руководство по безопасности</t>
   </si>
   <si>
     <t>Прочее</t>
   </si>
   <si>
     <t>Wall Mounting Bracket (VESA 600x400), Webcam Mounting Bracket</t>
   </si>
   <si>
     <t>Пульт ДУ</t>
   </si>
   <si>
     <t>да (батарейки в комплекте)</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Блок питания</t>
   </si>
   <si>
     <t>внутренний</t>
   </si>
   <si>
     <t>Питание</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Гц</t>
   </si>
   <si>
     <t>Потребляемая мощность</t>
   </si>
   <si>
     <t>182W стандарт, 0.5W ожидание, 0.3W отключено</t>
   </si>
   <si>
     <t>Стандарты</t>
   </si>
   <si>
     <t>Сертификаты</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, REACH (RoHS)</t>
+  </si>
+  <si>
+    <t>Класс энергоэффективности (Regulation (EU) 2017/1369)</t>
+  </si>
+  <si>
+    <t>G</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>свинца, превышает 0.1%</t>
+  </si>
+  <si>
+    <t>РАЗМЕР / ВЕС</t>
+  </si>
+  <si>
+    <t>Размер продукта Ш x В x Г</t>
+  </si>
+  <si>
+    <t>1489 x 891.5 x 87мм</t>
+  </si>
+  <si>
+    <t>Размер коробки Ш x В x Г</t>
+  </si>
+  <si>
+    <t>1640 x 1010 x 185мм</t>
+  </si>
+  <si>
+    <t>Вес (без упаковки)</t>
+  </si>
+  <si>
+    <t>39.4кг</t>
+  </si>
+  <si>
+    <t>Вес (с упаковкой)</t>
+  </si>
+  <si>
+    <t>48.5кг</t>
+  </si>
+  <si>
+    <t>EAN код</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -779,54 +818,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N90"/>
+  <dimension ref="A1:N101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N90" sqref="N90"/>
+      <selection activeCell="N101" sqref="N101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1548,51 +1587,51 @@
     <row r="38" spans="1:14">
       <c r="A38" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B39" s="1">
-        <v>2.3</v>
+        <v>2.2</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>65</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
@@ -1956,634 +1995,848 @@
     <row r="59" spans="1:14">
       <c r="A59" s="1" t="s">
         <v>94</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="1" t="s">
         <v>95</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="1"/>
       <c r="B63" s="1"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
       <c r="J64" s="2"/>
       <c r="K64" s="2"/>
       <c r="L64" s="2"/>
       <c r="M64" s="2"/>
       <c r="N64" s="2"/>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>50</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="1"/>
       <c r="B71" s="1"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
       <c r="J72" s="2"/>
       <c r="K72" s="2"/>
       <c r="L72" s="2"/>
       <c r="M72" s="2"/>
       <c r="N72" s="2"/>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="1"/>
       <c r="B78" s="1"/>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="2"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
       <c r="I79" s="2"/>
       <c r="J79" s="2"/>
       <c r="K79" s="2"/>
       <c r="L79" s="2"/>
       <c r="M79" s="2"/>
       <c r="N79" s="2"/>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="1"/>
       <c r="B83" s="1"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
       <c r="I84" s="2"/>
       <c r="J84" s="2"/>
       <c r="K84" s="2"/>
       <c r="L84" s="2"/>
       <c r="M84" s="2"/>
       <c r="N84" s="2"/>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
     </row>
     <row r="87" spans="1:14">
-      <c r="A87" s="1"/>
-      <c r="B87" s="1"/>
+      <c r="A87" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>137</v>
+      </c>
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
     </row>
     <row r="88" spans="1:14">
-      <c r="A88" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N88" s="2"/>
+      <c r="A88" s="1"/>
+      <c r="B88" s="1"/>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1"/>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1"/>
+      <c r="H88" s="1"/>
+      <c r="I88" s="1"/>
+      <c r="J88" s="1"/>
+      <c r="K88" s="1"/>
+      <c r="L88" s="1"/>
+      <c r="M88" s="1"/>
+      <c r="N88" s="1"/>
     </row>
     <row r="89" spans="1:14">
-      <c r="A89" s="1" t="s">
-[...16 lines deleted...]
-      <c r="N89" s="1"/>
+      <c r="A89" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B89" s="2"/>
+      <c r="C89" s="2"/>
+      <c r="D89" s="2"/>
+      <c r="E89" s="2"/>
+      <c r="F89" s="2"/>
+      <c r="G89" s="2"/>
+      <c r="H89" s="2"/>
+      <c r="I89" s="2"/>
+      <c r="J89" s="2"/>
+      <c r="K89" s="2"/>
+      <c r="L89" s="2"/>
+      <c r="M89" s="2"/>
+      <c r="N89" s="2"/>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="1" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
+    </row>
+    <row r="91" spans="1:14">
+      <c r="A91" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C91" s="1"/>
+      <c r="D91" s="1"/>
+      <c r="E91" s="1"/>
+      <c r="F91" s="1"/>
+      <c r="G91" s="1"/>
+      <c r="H91" s="1"/>
+      <c r="I91" s="1"/>
+      <c r="J91" s="1"/>
+      <c r="K91" s="1"/>
+      <c r="L91" s="1"/>
+      <c r="M91" s="1"/>
+      <c r="N91" s="1"/>
+    </row>
+    <row r="92" spans="1:14">
+      <c r="A92" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C92" s="1"/>
+      <c r="D92" s="1"/>
+      <c r="E92" s="1"/>
+      <c r="F92" s="1"/>
+      <c r="G92" s="1"/>
+      <c r="H92" s="1"/>
+      <c r="I92" s="1"/>
+      <c r="J92" s="1"/>
+      <c r="K92" s="1"/>
+      <c r="L92" s="1"/>
+      <c r="M92" s="1"/>
+      <c r="N92" s="1"/>
+    </row>
+    <row r="93" spans="1:14">
+      <c r="A93" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B93" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C93" s="1"/>
+      <c r="D93" s="1"/>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1"/>
+      <c r="H93" s="1"/>
+      <c r="I93" s="1"/>
+      <c r="J93" s="1"/>
+      <c r="K93" s="1"/>
+      <c r="L93" s="1"/>
+      <c r="M93" s="1"/>
+      <c r="N93" s="1"/>
+    </row>
+    <row r="94" spans="1:14">
+      <c r="A94" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B94" s="1">
+        <v>4948570124800</v>
+      </c>
+      <c r="C94" s="1"/>
+      <c r="D94" s="1"/>
+      <c r="E94" s="1"/>
+      <c r="F94" s="1"/>
+      <c r="G94" s="1"/>
+      <c r="H94" s="1"/>
+      <c r="I94" s="1"/>
+      <c r="J94" s="1"/>
+      <c r="K94" s="1"/>
+      <c r="L94" s="1"/>
+      <c r="M94" s="1"/>
+      <c r="N94" s="1"/>
+    </row>
+    <row r="95" spans="1:14">
+      <c r="A95" s="1"/>
+      <c r="B95" s="1"/>
+      <c r="C95" s="1"/>
+      <c r="D95" s="1"/>
+      <c r="E95" s="1"/>
+      <c r="F95" s="1"/>
+      <c r="G95" s="1"/>
+      <c r="H95" s="1"/>
+      <c r="I95" s="1"/>
+      <c r="J95" s="1"/>
+      <c r="K95" s="1"/>
+      <c r="L95" s="1"/>
+      <c r="M95" s="1"/>
+      <c r="N95" s="1"/>
+    </row>
+    <row r="96" spans="1:14">
+      <c r="A96" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B96" s="2"/>
+      <c r="C96" s="2"/>
+      <c r="D96" s="2"/>
+      <c r="E96" s="2"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="2"/>
+      <c r="H96" s="2"/>
+      <c r="I96" s="2"/>
+      <c r="J96" s="2"/>
+      <c r="K96" s="2"/>
+      <c r="L96" s="2"/>
+      <c r="M96" s="2"/>
+      <c r="N96" s="2"/>
+    </row>
+    <row r="97" spans="1:14">
+      <c r="A97" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B97" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="C97" s="1"/>
+      <c r="D97" s="1"/>
+      <c r="E97" s="1"/>
+      <c r="F97" s="1"/>
+      <c r="G97" s="1"/>
+      <c r="H97" s="1"/>
+      <c r="I97" s="1"/>
+      <c r="J97" s="1"/>
+      <c r="K97" s="1"/>
+      <c r="L97" s="1"/>
+      <c r="M97" s="1"/>
+      <c r="N97" s="1"/>
+    </row>
+    <row r="98" spans="1:14">
+      <c r="A98" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="B98" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="C98" s="1"/>
+      <c r="D98" s="1"/>
+      <c r="E98" s="1"/>
+      <c r="F98" s="1"/>
+      <c r="G98" s="1"/>
+      <c r="H98" s="1"/>
+      <c r="I98" s="1"/>
+      <c r="J98" s="1"/>
+      <c r="K98" s="1"/>
+      <c r="L98" s="1"/>
+      <c r="M98" s="1"/>
+      <c r="N98" s="1"/>
+    </row>
+    <row r="99" spans="1:14">
+      <c r="A99" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B99" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="C99" s="1"/>
+      <c r="D99" s="1"/>
+      <c r="E99" s="1"/>
+      <c r="F99" s="1"/>
+      <c r="G99" s="1"/>
+      <c r="H99" s="1"/>
+      <c r="I99" s="1"/>
+      <c r="J99" s="1"/>
+      <c r="K99" s="1"/>
+      <c r="L99" s="1"/>
+      <c r="M99" s="1"/>
+      <c r="N99" s="1"/>
+    </row>
+    <row r="100" spans="1:14">
+      <c r="A100" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="B100" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="C100" s="1"/>
+      <c r="D100" s="1"/>
+      <c r="E100" s="1"/>
+      <c r="F100" s="1"/>
+      <c r="G100" s="1"/>
+      <c r="H100" s="1"/>
+      <c r="I100" s="1"/>
+      <c r="J100" s="1"/>
+      <c r="K100" s="1"/>
+      <c r="L100" s="1"/>
+      <c r="M100" s="1"/>
+      <c r="N100" s="1"/>
+    </row>
+    <row r="101" spans="1:14">
+      <c r="A101" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B101" s="1">
+        <v>4948570124800</v>
+      </c>
+      <c r="C101" s="1"/>
+      <c r="D101" s="1"/>
+      <c r="E101" s="1"/>
+      <c r="F101" s="1"/>
+      <c r="G101" s="1"/>
+      <c r="H101" s="1"/>
+      <c r="I101" s="1"/>
+      <c r="J101" s="1"/>
+      <c r="K101" s="1"/>
+      <c r="L101" s="1"/>
+      <c r="M101" s="1"/>
+      <c r="N101" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>