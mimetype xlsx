--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,66 +41,66 @@
   <si>
     <t>ХАРАКТЕРИСТИКИ ДИСПЛЕЯ</t>
   </si>
   <si>
     <t>Дизайн</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Диагональ</t>
   </si>
   <si>
     <t>27", 68.6см</t>
   </si>
   <si>
     <t>Панель</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Разрешение</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Гц (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Гц (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Соотношение сторон</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Яркость</t>
   </si>
   <si>
     <t xml:space="preserve">400 cd/m² </t>
   </si>
   <si>
-    <t>344 cd/m² с тач-скрин панелью</t>
+    <t>345 cd/m² с тач-скрин панелью</t>
   </si>
   <si>
     <t>Коэффициент пропускания света</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Контрастность</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Время отклика (GTG)</t>
   </si>
   <si>
     <t>5мс</t>
   </si>
   <si>
     <t>Видимая область</t>
   </si>
   <si>
     <t>горизонталь/вертикаль: 178°/178°, право/лево: 89°/89°, вверх/вниз: 89°/89°</t>
   </si>