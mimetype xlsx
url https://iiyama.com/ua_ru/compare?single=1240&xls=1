--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -207,51 +207,51 @@
   <si>
     <t>Memory</t>
   </si>
   <si>
     <t>4GB DDR4</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>IEEE802.11b/g/n</t>
   </si>
   <si>
     <t>Bluetooth</t>
   </si>
   <si>
     <t>Аппаратные средства</t>
   </si>
   <si>
     <t>NFC (ARM Cortex--M3 256KB, 34Mbps (high speed)), RFID (125kHZ, 9600kbit/s), ISO 14443A/B, Mifare Classic 4K/8K/Ultralight, Sony Felica</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>автоповорот, веб-камера (5 Мп), слот для карт памяти SD, покрытие против отпечатков пальцев, антибликовое покрытие, PoE, NFC/RFID считыватель, RGB Led lightbar, настенное крепление</t>
+    <t>автоповорот, веб-камера (5 Мп), слот для карт памяти SD, покрытие против отпечатков пальцев, антибликовое покрытие, PoE, NFC/RFID считыватель, RGB Led lightbar, кабельная крышка и настенное крепление в одном устройстве</t>
   </si>
   <si>
     <t>Режим киоска</t>
   </si>
   <si>
     <t>да</t>
   </si>
   <si>
     <t>Максимальное (неперерывное) время работы</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Толщина стекла</t>
   </si>
   <si>
     <t>1.85mm</t>
   </si>
   <si>
     <t>Твердость стекла</t>
   </si>
   <si>
     <t>6H</t>
   </si>