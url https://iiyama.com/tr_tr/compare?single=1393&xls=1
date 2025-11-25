--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -151,93 +151,93 @@
   </si>
   <si>
     <t>, ,  (Pasif kalem, Opak nesneler)</t>
   </si>
   <si>
     <t>Desteklenen işletim sistemleri</t>
   </si>
   <si>
     <t>Tüm iiyama monitörleri Tak ve Çalıştır özelliğine sahiptir ve Windows ve Linux ile uyumludur. Dokunmatik modeller için desteklenen işletim sistemiyle ilgili ayrıntılar için lütfen indirmeler bölümünde bulunan sürücü talimat dosyasına bakın.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>Evet</t>
   </si>
   <si>
     <t>ARAYÜZLER / BAĞLANTILAR / KONTROLLER</t>
   </si>
   <si>
     <t>Dijital sinyal girişi</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt mod, Dokunmatik, 1x ön: 100W PD, 1x arka: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Ses girişi</t>
   </si>
   <si>
     <t>Mini jack x1 (Mikrofon)</t>
   </si>
   <si>
     <t>Monitör kontrol girişi</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Dijital sinyal çıkışı</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Ses çıkışı</t>
   </si>
   <si>
     <t>S/PDIF (Optik) x1
 Mini jack x1 (Headphone)
 Hoparlör 2 x 20W (Front facing + 20W Subwoofer on backside)</t>
   </si>
   <si>
     <t>Monitor control output</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB Portları</t>
   </si>
   <si>
-    <t>x5</t>
+    <t>x4 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (PC ve Android için otomatik geçiş, 1000MB)</t>
   </si>
   <si>
     <t>Mikrofon</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>ÖZELLİKLER</t>
   </si>
   <si>
     <t>Dahili OS</t>
   </si>
   <si>
     <t>Windows/iOS/Android cihazlarla kablosuz bağlantı için Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, dosya yöneticisi, bulut sürücüleri ve iiShare &amp; EShare özellikli iiWare 21E ( AndroidOS 14)</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
@@ -265,102 +265,102 @@
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Cam Sertliği</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>OSD tuş kilidi</t>
   </si>
   <si>
     <t>GENEL</t>
   </si>
   <si>
     <t>OSD dilleri</t>
   </si>
   <si>
     <t>, , , , , , , , , CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Kontrol Düğmeleri</t>
   </si>
   <si>
-    <t>Güç</t>
+    <t>Güç (3–5 saniye basılı tutun), Ana ekran (ekrandaki kısayol): Güç düğmesine kısa basın</t>
   </si>
   <si>
     <t>Mavi ışık azaltıcı</t>
   </si>
   <si>
     <t>Flicker free</t>
   </si>
   <si>
     <t>Garanti</t>
   </si>
   <si>
     <t>5 yıl (ayrıntılar ve uygun ülkeler için lütfen web sitemizin Garanti bölümünü kontrol edin)</t>
   </si>
   <si>
     <t>MEKANİK</t>
   </si>
   <si>
     <t>Fansız tasarım</t>
   </si>
   <si>
     <t>Çalışma sıcaklığı aralığı</t>
   </si>
   <si>
     <t>0°C - 40°C</t>
   </si>
   <si>
     <t>Depolama sıcaklığı aralığı</t>
   </si>
   <si>
     <t>- 20°C - %2°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 saat (arka ışık hariç)</t>
   </si>
   <si>
     <t>PAKET İÇERİĞİNDEKİ AKSESUARLAR</t>
   </si>
   <si>
     <t>Kablolar</t>
   </si>
   <si>
     <t>güç (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Dokunmatik kalem</t>
   </si>
   <si>
-    <t>x4 (Çift işlevli kalem, antibakteriyel kaplama)</t>
+    <t>x4 (Çift işlevli kalem)</t>
   </si>
   <si>
     <t>Diğer</t>
   </si>
   <si>
     <t>Duvara Montaj Aparatı (VESA 600x400), Web kamerası için montaj braketi</t>
   </si>
   <si>
     <t>GÜÇ YÖNETİMİ</t>
   </si>
   <si>
     <t>Güç Kaynağı</t>
   </si>
   <si>
     <t>AC 1000 - 50V, V, 60/%4Hz</t>
   </si>
   <si>
     <t>Güç Tüketimi</t>
   </si>
   <si>
     <t>195W tipik, 0.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>SÜRDÜRÜLEBİLİRLİK</t>
   </si>