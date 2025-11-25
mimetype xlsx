--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -95,51 +95,51 @@
   <si>
     <t>yatay/dikey: 178°/178°, sağ/sol: 89°/89°, yukarı/aşağı: 89°/89°</t>
   </si>
   <si>
     <t>Renk desteği</t>
   </si>
   <si>
     <t xml:space="preserve"> (NTSC 72%)</t>
   </si>
   <si>
     <t>Yatay Sync</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Görüntülenebilir alan G x Y</t>
   </si>
   <si>
     <t>1209.6 x 680.4mm, 47.6 x 26.8"</t>
   </si>
   <si>
     <t>Çerçeve genişliği (yanlar, üst, alt)</t>
   </si>
   <si>
-    <t>14.5mm, 14.3mm, 14.3mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Piksel Aralığı</t>
   </si>
   <si>
     <t>0.315mm</t>
   </si>
   <si>
     <t>ARAYÜZLER / BAĞLANTILAR / KONTROLLER</t>
   </si>
   <si>
     <t>Dijital sinyal girişi</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitör kontrol girişi</t>
   </si>
   <si>
     <t>RS-232c x1 (2.5mm sub-mini jack)
 RJ45 (LAN) x1
 IR x1 (3.5mm stereo mini)</t>
   </si>