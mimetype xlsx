--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>ProLite TE6513A-B1AG</t>
   </si>
   <si>
     <t>EKRAN ÖZELLİKLERİ</t>
   </si>
   <si>
     <t>Ekran Boyutu</t>
   </si>
   <si>
     <t>64.5", 163.9cm</t>
   </si>
   <si>
     <t>Diyagonal</t>
   </si>
   <si>
     <t>163.9cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
@@ -163,248 +163,281 @@
   </si>
   <si>
     <t>, ,  (Pasif kalem, Opak nesneler)</t>
   </si>
   <si>
     <t>Desteklenen işletim sistemleri</t>
   </si>
   <si>
     <t>Tüm iiyama monitörleri Tak ve Çalıştır özelliğine sahiptir ve Windows ve Linux ile uyumludur. Dokunmatik modeller için desteklenen işletim sistemiyle ilgili ayrıntılar için lütfen indirmeler bölümünde bulunan sürücü talimat dosyasına bakın.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>Evet</t>
   </si>
   <si>
     <t>ARAYÜZLER / BAĞLANTILAR / KONTROLLER</t>
   </si>
   <si>
     <t>Dijital sinyal girişi</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x2 (3.2 (Gen 1, 5 Gbit), 3840×2160 @60 Hz (RGB444), DP 1.2 Alt mod, PD (1× ön 100W PD [ağ paylaşımı 100M], 1× yan 65W) Veri, Dokunmatik)</t>
+USB-C x2 (ön taraf: 1x 3.2 (Gen1, 5Gbit, 100W PD), yan taraf: 1x 2.0 (480 Mbps, 65W PD), 3840x2160 @60Hz (RGB444), DP 1.2 Alt mode, Data, Touch)</t>
   </si>
   <si>
     <t>Ses girişi</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Monitör kontrol girişi</t>
   </si>
   <si>
     <t>RS-232c x1</t>
   </si>
   <si>
     <t>Dijital sinyal çıkışı</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444, MSD (Multi-Screen Display))</t>
   </si>
   <si>
     <t>Ses çıkışı</t>
   </si>
   <si>
     <t>S/PDIF (Optik) x1
 Mini jack x1 (Headphone)
-Hoparlör 2 x 20W (Front facing + 20W Subwoofer)</t>
+Hoparlör 2 x 20W (Front facing + 20W Subwoofer on the backside)</t>
   </si>
   <si>
     <t>Monitor control output</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin - Kurulum sonrası: USB-C ön: 65W, yan: 15W)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB Portları</t>
   </si>
   <si>
-    <t>x5 (medya oynatma / çevre birimleri / depolama – ön taraf: 2× 3.2 (Gen 1, 5 Gbit), 1× USB-C 3.2 (Gen 1, 5 Gbit, 100W PD), yan taraf: 1× 3.2 (Gen 1, 5 Gbit), 1× USB-C v.3.2 (Gen 1, 5 Gbit, 65W PD))</t>
+    <t>x6 (medya oynatma / çevre birimleri / depolama – ön taraf: 1x USB-C 3.2 (Gen 1, 5Gbit, 100W PD), 2x 3.2 (Gen 1, 5Gbit), yan taraf: 1x USB-C 2.0 (480 Mbps, 65W PD), 1x 2.0 (480Mbps),  1x 3.2 (Gen 1, 5Gbit))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (PC ve Android için otomatik geçiş, 1000MB)</t>
   </si>
   <si>
     <t>ÖZELLİKLER</t>
   </si>
   <si>
     <t>Dahili OS</t>
   </si>
   <si>
     <t>Windows/iOS/Android cihazlarla kablosuz bağlantı için Google EDLA, iiControl (DMS), Whiteboard, web tarayıcı, dosya yöneticisi, bulut sürücüleri ve iiShare özellikli iiWare 21E ( AndroidOS 14)</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t xml:space="preserve"> (WiFi-6, Bluetooth 5.0``)</t>
   </si>
   <si>
     <t>NFC/RFID</t>
   </si>
   <si>
     <t>CPU: Quad-core A73*4 (1.4GHz), GPU: G52 MC1, RAM: 8GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Ekstra</t>
   </si>
   <si>
-    <t>Ortam ışığı sensörü, Kalem Algılama Sensörü, PIR hareket sensörü, isteğe bağlı OPS Yuvası PC için yuva, 4x Dokunmatik kalem (antibakteriyel kaplama)</t>
+    <t>Ortam ışığı sensörü, Kalem Algılama Sensörü, PIR hareket sensörü, isteğe bağlı OPS Yuvası PC için yuva, 4x Dokunmatik kalem</t>
   </si>
   <si>
     <t>Media playback</t>
   </si>
   <si>
     <t>evet</t>
   </si>
   <si>
     <t>Cam Kalınlığı</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Cam Sertliği</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>OSD tuş kilidi</t>
   </si>
   <si>
     <t>GENEL</t>
   </si>
   <si>
     <t>OSD dilleri</t>
   </si>
   <si>
-    <t>, , , , , , , , , SV, FI, DA, NB</t>
+    <t xml:space="preserve">, , , , , , , , , SV, FI, DA, NB, , , , </t>
   </si>
   <si>
     <t>Kontrol Düğmeleri</t>
   </si>
   <si>
-    <t>Güç, Ev; Dokunma dondurma; Hacim, Giriş (kaynak)</t>
+    <t>Güç, Ev, Hacim, Giriş (kaynak)</t>
   </si>
   <si>
     <t>Kullanıcı kontrolleri</t>
   </si>
   <si>
     <t>Genel ayarlar (giriş, ses seviyesi, arka ışık), Ekran ayarları (otomatik parlaklık, ECO, Göz bakımı, Kağıt göz bakımı, Görüntü modu, parlaklık, kontrast, doygunluk, keskinlik, renk sıcaklığı, gelişmiş ayarlar), Ses ayarları (ses modu, ses seviyesi, bas, tiz, denge, sessiz) Ekran ayarları (piksel kaydırma, otomatik arka ışık, ECR), Uygulama ayarları (ağ ve internet, uygulamalar, depolama, kişisel, Google, gelişmiş, yönetim, sistem, hakkında)</t>
   </si>
   <si>
     <t>Mavi ışık azaltıcı</t>
   </si>
   <si>
     <t>Flicker free</t>
   </si>
   <si>
+    <t>98" desteklenmiyor</t>
+  </si>
+  <si>
     <t>Garanti</t>
   </si>
   <si>
     <t>5 yıl (ayrıntılar ve uygun ülkeler için lütfen web sitemizin Garanti bölümünü kontrol edin)</t>
   </si>
   <si>
     <t>MEKANİK</t>
   </si>
   <si>
     <t>Fansız tasarım</t>
   </si>
   <si>
     <t>Çalışma sıcaklığı aralığı</t>
   </si>
   <si>
     <t>0°C - 40°C</t>
   </si>
   <si>
     <t>Depolama sıcaklığı aralığı</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 saat (arka ışık hariç)</t>
   </si>
   <si>
     <t>PAKET İÇERİĞİNDEKİ AKSESUARLAR</t>
   </si>
   <si>
     <t>Kablolar</t>
   </si>
   <si>
     <t>güç (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Dokunmatik kalem</t>
   </si>
   <si>
-    <t>x4 (Çift işlevli kalem, antibakteriyel kaplama)</t>
+    <t>x4 (Çift işlevli kalem)</t>
   </si>
   <si>
     <t>Diğer</t>
   </si>
   <si>
     <t>Duvara Montaj Braketi (VESA 400x400), Web kamerası için montaj braketi</t>
   </si>
   <si>
     <t>GÜÇ YÖNETİMİ</t>
   </si>
   <si>
     <t>Güç Kaynağı</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Güç Tüketimi</t>
   </si>
   <si>
     <t>182W tipik, 0.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>SÜRDÜRÜLEBİLİRLİK</t>
   </si>
   <si>
     <t>Yönetmelikler</t>
   </si>
   <si>
     <t>, , , , , , ,  (RoHS)</t>
+  </si>
+  <si>
+    <t>ÖLÇÜLER / AĞIRLIK</t>
+  </si>
+  <si>
+    <t>Ürün boyutları G x Y x D</t>
+  </si>
+  <si>
+    <t>1489 x 891.5 x 87mm</t>
+  </si>
+  <si>
+    <t>Kutu boyutları G x Y x D</t>
+  </si>
+  <si>
+    <t>1640 x 1010 x 185mm</t>
+  </si>
+  <si>
+    <t>Ağırlık (kutu hariç)</t>
+  </si>
+  <si>
+    <t>39.4kg</t>
+  </si>
+  <si>
+    <t>Ağırlık (kutu ile birlikte)</t>
+  </si>
+  <si>
+    <t>48.5kg</t>
+  </si>
+  <si>
+    <t>EAN kodu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -719,54 +752,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N77"/>
+  <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N77" sqref="N77"/>
+      <selection activeCell="N88" sqref="N88"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1428,51 +1461,51 @@
     <row r="35" spans="1:14">
       <c r="A35" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>59</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B36" s="1">
-        <v>2.3</v>
+        <v>2.2</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
@@ -1796,474 +1829,688 @@
     <row r="54" spans="1:14">
       <c r="A54" s="1" t="s">
         <v>88</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="1" t="s">
         <v>89</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>75</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="1"/>
       <c r="B63" s="1"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
       <c r="J64" s="2"/>
       <c r="K64" s="2"/>
       <c r="L64" s="2"/>
       <c r="M64" s="2"/>
       <c r="N64" s="2"/>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="1"/>
       <c r="B68" s="1"/>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="2"/>
       <c r="D69" s="2"/>
       <c r="E69" s="2"/>
       <c r="F69" s="2"/>
       <c r="G69" s="2"/>
       <c r="H69" s="2"/>
       <c r="I69" s="2"/>
       <c r="J69" s="2"/>
       <c r="K69" s="2"/>
       <c r="L69" s="2"/>
       <c r="M69" s="2"/>
       <c r="N69" s="2"/>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="1"/>
       <c r="B72" s="1"/>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="2"/>
       <c r="D73" s="2"/>
       <c r="E73" s="2"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
       <c r="H73" s="2"/>
       <c r="I73" s="2"/>
       <c r="J73" s="2"/>
       <c r="K73" s="2"/>
       <c r="L73" s="2"/>
       <c r="M73" s="2"/>
       <c r="N73" s="2"/>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="1"/>
       <c r="B75" s="1"/>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="2"/>
       <c r="D76" s="2"/>
       <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
       <c r="H76" s="2"/>
       <c r="I76" s="2"/>
       <c r="J76" s="2"/>
       <c r="K76" s="2"/>
       <c r="L76" s="2"/>
       <c r="M76" s="2"/>
       <c r="N76" s="2"/>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="1" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
+    </row>
+    <row r="78" spans="1:14">
+      <c r="A78" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C78" s="1"/>
+      <c r="D78" s="1"/>
+      <c r="E78" s="1"/>
+      <c r="F78" s="1"/>
+      <c r="G78" s="1"/>
+      <c r="H78" s="1"/>
+      <c r="I78" s="1"/>
+      <c r="J78" s="1"/>
+      <c r="K78" s="1"/>
+      <c r="L78" s="1"/>
+      <c r="M78" s="1"/>
+      <c r="N78" s="1"/>
+    </row>
+    <row r="79" spans="1:14">
+      <c r="A79" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C79" s="1"/>
+      <c r="D79" s="1"/>
+      <c r="E79" s="1"/>
+      <c r="F79" s="1"/>
+      <c r="G79" s="1"/>
+      <c r="H79" s="1"/>
+      <c r="I79" s="1"/>
+      <c r="J79" s="1"/>
+      <c r="K79" s="1"/>
+      <c r="L79" s="1"/>
+      <c r="M79" s="1"/>
+      <c r="N79" s="1"/>
+    </row>
+    <row r="80" spans="1:14">
+      <c r="A80" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B80" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C80" s="1"/>
+      <c r="D80" s="1"/>
+      <c r="E80" s="1"/>
+      <c r="F80" s="1"/>
+      <c r="G80" s="1"/>
+      <c r="H80" s="1"/>
+      <c r="I80" s="1"/>
+      <c r="J80" s="1"/>
+      <c r="K80" s="1"/>
+      <c r="L80" s="1"/>
+      <c r="M80" s="1"/>
+      <c r="N80" s="1"/>
+    </row>
+    <row r="81" spans="1:14">
+      <c r="A81" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B81" s="1">
+        <v>4948570124800</v>
+      </c>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1"/>
+      <c r="H81" s="1"/>
+      <c r="I81" s="1"/>
+      <c r="J81" s="1"/>
+      <c r="K81" s="1"/>
+      <c r="L81" s="1"/>
+      <c r="M81" s="1"/>
+      <c r="N81" s="1"/>
+    </row>
+    <row r="82" spans="1:14">
+      <c r="A82" s="1"/>
+      <c r="B82" s="1"/>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1"/>
+      <c r="H82" s="1"/>
+      <c r="I82" s="1"/>
+      <c r="J82" s="1"/>
+      <c r="K82" s="1"/>
+      <c r="L82" s="1"/>
+      <c r="M82" s="1"/>
+      <c r="N82" s="1"/>
+    </row>
+    <row r="83" spans="1:14">
+      <c r="A83" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B83" s="2"/>
+      <c r="C83" s="2"/>
+      <c r="D83" s="2"/>
+      <c r="E83" s="2"/>
+      <c r="F83" s="2"/>
+      <c r="G83" s="2"/>
+      <c r="H83" s="2"/>
+      <c r="I83" s="2"/>
+      <c r="J83" s="2"/>
+      <c r="K83" s="2"/>
+      <c r="L83" s="2"/>
+      <c r="M83" s="2"/>
+      <c r="N83" s="2"/>
+    </row>
+    <row r="84" spans="1:14">
+      <c r="A84" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1"/>
+      <c r="H84" s="1"/>
+      <c r="I84" s="1"/>
+      <c r="J84" s="1"/>
+      <c r="K84" s="1"/>
+      <c r="L84" s="1"/>
+      <c r="M84" s="1"/>
+      <c r="N84" s="1"/>
+    </row>
+    <row r="85" spans="1:14">
+      <c r="A85" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B85" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C85" s="1"/>
+      <c r="D85" s="1"/>
+      <c r="E85" s="1"/>
+      <c r="F85" s="1"/>
+      <c r="G85" s="1"/>
+      <c r="H85" s="1"/>
+      <c r="I85" s="1"/>
+      <c r="J85" s="1"/>
+      <c r="K85" s="1"/>
+      <c r="L85" s="1"/>
+      <c r="M85" s="1"/>
+      <c r="N85" s="1"/>
+    </row>
+    <row r="86" spans="1:14">
+      <c r="A86" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="B86" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="C86" s="1"/>
+      <c r="D86" s="1"/>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
+      <c r="G86" s="1"/>
+      <c r="H86" s="1"/>
+      <c r="I86" s="1"/>
+      <c r="J86" s="1"/>
+      <c r="K86" s="1"/>
+      <c r="L86" s="1"/>
+      <c r="M86" s="1"/>
+      <c r="N86" s="1"/>
+    </row>
+    <row r="87" spans="1:14">
+      <c r="A87" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="C87" s="1"/>
+      <c r="D87" s="1"/>
+      <c r="E87" s="1"/>
+      <c r="F87" s="1"/>
+      <c r="G87" s="1"/>
+      <c r="H87" s="1"/>
+      <c r="I87" s="1"/>
+      <c r="J87" s="1"/>
+      <c r="K87" s="1"/>
+      <c r="L87" s="1"/>
+      <c r="M87" s="1"/>
+      <c r="N87" s="1"/>
+    </row>
+    <row r="88" spans="1:14">
+      <c r="A88" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B88" s="1">
+        <v>4948570124800</v>
+      </c>
+      <c r="C88" s="1"/>
+      <c r="D88" s="1"/>
+      <c r="E88" s="1"/>
+      <c r="F88" s="1"/>
+      <c r="G88" s="1"/>
+      <c r="H88" s="1"/>
+      <c r="I88" s="1"/>
+      <c r="J88" s="1"/>
+      <c r="K88" s="1"/>
+      <c r="L88" s="1"/>
+      <c r="M88" s="1"/>
+      <c r="N88" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>