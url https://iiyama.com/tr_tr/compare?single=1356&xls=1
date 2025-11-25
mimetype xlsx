--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -35,69 +35,69 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>ProLite T2752MSC-B1AG</t>
   </si>
   <si>
     <t>EKRAN ÖZELLİKLERİ</t>
   </si>
   <si>
     <t>Ekran Boyutu</t>
   </si>
   <si>
     <t>27", 68.6cm</t>
   </si>
   <si>
     <t>Diyagonal</t>
   </si>
   <si>
     <t>68.6cm</t>
   </si>
   <si>
     <t>Çözünürlük</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>En-Boy Oranı</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Panel Parlaklığı</t>
   </si>
   <si>
     <t xml:space="preserve">400 cd/m² </t>
   </si>
   <si>
     <t>Parlaklık</t>
   </si>
   <si>
-    <t>344 cd/m² (Dokunmatik ile)</t>
+    <t>345 cd/m² (Dokunmatik ile)</t>
   </si>
   <si>
     <t>Işık geçirgenliği</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Statik Kontrast</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Tepki süresi (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Görüntüleme Alanı</t>
   </si>
   <si>
     <t>yatay/dikey: 178°/178°, sağ/sol: 89°/89°, yukarı/aşağı: 89°/89°</t>
   </si>