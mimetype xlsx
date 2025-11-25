--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -275,51 +275,51 @@
   <si>
     <t>Kablolar</t>
   </si>
   <si>
     <t>güç (1.8m), HDMI (1.8m), RS-232c (1.8m)</t>
   </si>
   <si>
     <t>Diğer</t>
   </si>
   <si>
     <t>Duvar montaj braketi, Duvar montaj kılavuzu, Vidalar, Vida dübelleri, Vida delikleri için etiketler</t>
   </si>
   <si>
     <t>GÜÇ YÖNETİMİ</t>
   </si>
   <si>
     <t>Güç Kaynağı</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Güç Tüketimi</t>
   </si>
   <si>
-    <t>331W tipik, 0.5W stand by, 0.3W off mode</t>
+    <t>173W tipik, 0.5W stand by, 0.3W off mode</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>