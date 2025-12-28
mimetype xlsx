--- v0 (2025-10-28)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="65">
   <si>
     <t>G-Master GB3467WQSU-B5</t>
   </si>
   <si>
     <t>EKRAN ÖZELLİKLERİ</t>
   </si>
   <si>
     <t>Ekran Boyutu</t>
   </si>
   <si>
     <t>34", 86.4cm</t>
   </si>
   <si>
     <t>Diyagonal</t>
   </si>
   <si>
     <t>86.4cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>VA LED, mat yüzey</t>
   </si>
   <si>
@@ -145,50 +145,56 @@
     <t>HDCP</t>
   </si>
   <si>
     <t>evet</t>
   </si>
   <si>
     <t>Kulaklık Bağlantısı</t>
   </si>
   <si>
     <t>ÖZELLİKLER</t>
   </si>
   <si>
     <t>Mavi ışık azaltıcı</t>
   </si>
   <si>
     <t>Flickersız</t>
   </si>
   <si>
     <t>Adaptive Sync desteği</t>
   </si>
   <si>
     <t>FreeSync Premium - HDMI: 3440 x 1440 @48-100Hz, DP: 3440 x 1440 @48-165Hz</t>
   </si>
   <si>
     <t>HDR</t>
+  </si>
+  <si>
+    <t>OSD dilleri</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EN, , , , , , , , , , </t>
   </si>
   <si>
     <t>Kontrol Düğmeleri</t>
   </si>
   <si>
     <t>joystick denetleyicisi: Bas (Menü), Yukarı, Aşağı, Sol (i-Style Renk), Sağ (Mavi Işık Azaltıcı) ve düğmeler: Giriş, Ses+, Ses-, Güç</t>
   </si>
   <si>
     <t>Kullanıcı kontrolleri</t>
   </si>
   <si>
     <t>resim ayarı (kontrast, parlaklık, OD, ACR, ECO, mavi ışık azaltıcı, siyah ayarlayıcı, MBR, gama), giriş seçimi, ses ayarı (ses seviyesi, sessize alma), kullanıcı ayarlarını kaydetme, renk ayarları (renk sıcaklığı, 6 Eksen , kullanıcı ön ayarı), görüntü ayarı (i-Style Colour, X-Res Teknolojisi, keskin ve yumuşak, HDMI RGB aralığı, doğrudan sürüş modu, video modu ayarı), dil, kurulum menüsü (OSD H. konumu, OSD V. konumu, OSD süresi, açılış logosu, HDR, FreeSync Premium, LED, DDC/CI, USB bekleme modu), ekran bilgileri, sıfırlama</t>
   </si>
   <si>
     <t>Hoparlör</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
   <si>
     <t>MEKANİK</t>
   </si>
   <si>
     <t>Yükseklik ayarı</t>
   </si>
@@ -560,54 +566,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:N48"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N47" sqref="N47"/>
+      <selection activeCell="N48" sqref="N48"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1205,324 +1211,344 @@
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>49</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
     </row>
     <row r="33" spans="1:14">
-      <c r="A33" s="1"/>
-      <c r="B33" s="1"/>
+      <c r="A33" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="B33" s="1" t="s">
+        <v>51</v>
+      </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
     </row>
     <row r="34" spans="1:14">
-      <c r="A34" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N34" s="2"/>
+      <c r="A34" s="1"/>
+      <c r="B34" s="1"/>
+      <c r="C34" s="1"/>
+      <c r="D34" s="1"/>
+      <c r="E34" s="1"/>
+      <c r="F34" s="1"/>
+      <c r="G34" s="1"/>
+      <c r="H34" s="1"/>
+      <c r="I34" s="1"/>
+      <c r="J34" s="1"/>
+      <c r="K34" s="1"/>
+      <c r="L34" s="1"/>
+      <c r="M34" s="1"/>
+      <c r="N34" s="1"/>
     </row>
     <row r="35" spans="1:14">
-      <c r="A35" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B35" s="1" t="s">
+      <c r="A35" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="C35" s="1"/>
-[...10 lines deleted...]
-      <c r="N35" s="1"/>
+      <c r="B35" s="2"/>
+      <c r="C35" s="2"/>
+      <c r="D35" s="2"/>
+      <c r="E35" s="2"/>
+      <c r="F35" s="2"/>
+      <c r="G35" s="2"/>
+      <c r="H35" s="2"/>
+      <c r="I35" s="2"/>
+      <c r="J35" s="2"/>
+      <c r="K35" s="2"/>
+      <c r="L35" s="2"/>
+      <c r="M35" s="2"/>
+      <c r="N35" s="2"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B36" s="1" t="s">
         <v>54</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
     </row>
     <row r="37" spans="1:14">
-      <c r="A37" s="1"/>
-      <c r="B37" s="1"/>
+      <c r="A37" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="B37" s="1" t="s">
+        <v>56</v>
+      </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
     </row>
     <row r="38" spans="1:14">
-      <c r="A38" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N38" s="2"/>
+      <c r="A38" s="1"/>
+      <c r="B38" s="1"/>
+      <c r="C38" s="1"/>
+      <c r="D38" s="1"/>
+      <c r="E38" s="1"/>
+      <c r="F38" s="1"/>
+      <c r="G38" s="1"/>
+      <c r="H38" s="1"/>
+      <c r="I38" s="1"/>
+      <c r="J38" s="1"/>
+      <c r="K38" s="1"/>
+      <c r="L38" s="1"/>
+      <c r="M38" s="1"/>
+      <c r="N38" s="1"/>
     </row>
     <row r="39" spans="1:14">
-      <c r="A39" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B39" s="1" t="s">
+      <c r="A39" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C39" s="1"/>
-[...10 lines deleted...]
-      <c r="N39" s="1"/>
+      <c r="B39" s="2"/>
+      <c r="C39" s="2"/>
+      <c r="D39" s="2"/>
+      <c r="E39" s="2"/>
+      <c r="F39" s="2"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
+      <c r="J39" s="2"/>
+      <c r="K39" s="2"/>
+      <c r="L39" s="2"/>
+      <c r="M39" s="2"/>
+      <c r="N39" s="2"/>
     </row>
     <row r="40" spans="1:14">
-      <c r="A40" s="1"/>
-      <c r="B40" s="1"/>
+      <c r="A40" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B40" s="1" t="s">
+        <v>59</v>
+      </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
     </row>
     <row r="41" spans="1:14">
-      <c r="A41" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N41" s="2"/>
+      <c r="A41" s="1"/>
+      <c r="B41" s="1"/>
+      <c r="C41" s="1"/>
+      <c r="D41" s="1"/>
+      <c r="E41" s="1"/>
+      <c r="F41" s="1"/>
+      <c r="G41" s="1"/>
+      <c r="H41" s="1"/>
+      <c r="I41" s="1"/>
+      <c r="J41" s="1"/>
+      <c r="K41" s="1"/>
+      <c r="L41" s="1"/>
+      <c r="M41" s="1"/>
+      <c r="N41" s="1"/>
     </row>
     <row r="42" spans="1:14">
-      <c r="A42" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B42" s="1" t="s">
+      <c r="A42" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="C42" s="1"/>
-[...10 lines deleted...]
-      <c r="N42" s="1"/>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
+      <c r="E42" s="2"/>
+      <c r="F42" s="2"/>
+      <c r="G42" s="2"/>
+      <c r="H42" s="2"/>
+      <c r="I42" s="2"/>
+      <c r="J42" s="2"/>
+      <c r="K42" s="2"/>
+      <c r="L42" s="2"/>
+      <c r="M42" s="2"/>
+      <c r="N42" s="2"/>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
     </row>
     <row r="44" spans="1:14">
-      <c r="A44" s="1"/>
-      <c r="B44" s="1"/>
+      <c r="A44" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B44" s="1" t="s">
+        <v>64</v>
+      </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
     </row>
     <row r="45" spans="1:14">
-      <c r="A45" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N45" s="2"/>
+      <c r="A45" s="1"/>
+      <c r="B45" s="1"/>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
+      <c r="E45" s="1"/>
+      <c r="F45" s="1"/>
+      <c r="G45" s="1"/>
+      <c r="H45" s="1"/>
+      <c r="I45" s="1"/>
+      <c r="J45" s="1"/>
+      <c r="K45" s="1"/>
+      <c r="L45" s="1"/>
+      <c r="M45" s="1"/>
+      <c r="N45" s="1"/>
     </row>
     <row r="46" spans="1:14">
-      <c r="A46" s="1" t="s">
-[...2 lines deleted...]
-      <c r="B46" s="1" t="s">
+      <c r="A46" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="C46" s="1"/>
-[...10 lines deleted...]
-      <c r="N46" s="1"/>
+      <c r="B46" s="2"/>
+      <c r="C46" s="2"/>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2"/>
+      <c r="F46" s="2"/>
+      <c r="G46" s="2"/>
+      <c r="H46" s="2"/>
+      <c r="I46" s="2"/>
+      <c r="J46" s="2"/>
+      <c r="K46" s="2"/>
+      <c r="L46" s="2"/>
+      <c r="M46" s="2"/>
+      <c r="N46" s="2"/>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
+    </row>
+    <row r="48" spans="1:14">
+      <c r="A48" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="1"/>
+      <c r="F48" s="1"/>
+      <c r="G48" s="1"/>
+      <c r="H48" s="1"/>
+      <c r="I48" s="1"/>
+      <c r="J48" s="1"/>
+      <c r="K48" s="1"/>
+      <c r="L48" s="1"/>
+      <c r="M48" s="1"/>
+      <c r="N48" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>