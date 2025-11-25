--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -143,51 +143,51 @@
   <si>
     <t>TOUCH</t>
   </si>
   <si>
     <t>Touch tehnologija</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Tačke dodira</t>
   </si>
   <si>
     <t>20 (HID, samo sa podršanim OS)</t>
   </si>
   <si>
     <t>Preciznost dodira</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Način dodira</t>
   </si>
   <si>
-    <t>olovka, prst, rukavica (lateks)</t>
+    <t>olovka, prst</t>
   </si>
   <si>
     <t>Interfejs dodira</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Podržani operativni sistemi</t>
   </si>
   <si>
     <t>Svi iiyama monitori su Plug &amp; Play kompatibilni sa Windows Linux operativnim sistemima. Detalje o podržanom OS-u za modele osetljive na dodir potražite u odjeljku za preuzimanje u uputstvima za instalaciju drajvera.</t>
   </si>
   <si>
     <t>Odbijanje dlana</t>
   </si>
   <si>
     <t>da</t>
   </si>
   <si>
     <t>KONEKTORI / KONTROLE</t>
   </si>
   <si>
     <t>Ulaz digitalnog signala</t>
   </si>
@@ -261,51 +261,51 @@
   <si>
     <t>Maksimalno neprekidno radno vreme</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Protiv zadržavanja slike</t>
   </si>
   <si>
     <t>Debljina stakla</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Tvrdoća stakla</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Kućište (okvir)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>metal (napred)</t>
   </si>
   <si>
     <t>Zaključavanje OSD tastera</t>
   </si>
   <si>
     <t>Zaključavanje daljinskog upravljača</t>
   </si>
   <si>
     <t>OPŠTE</t>
   </si>
   <si>
     <t>OSD jezici</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MEHANIČKI</t>
   </si>