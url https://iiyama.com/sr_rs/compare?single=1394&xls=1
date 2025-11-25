--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -163,93 +163,93 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Podržani operativni sistemi</t>
   </si>
   <si>
     <t>Svi iiyama monitori su Plug &amp; Play kompatibilni sa Windows Linux operativnim sistemima. Detalje o podržanom OS-u za modele osetljive na dodir potražite u odjeljku za preuzimanje u uputstvima za instalaciju drajvera.</t>
   </si>
   <si>
     <t>Odbijanje dlana</t>
   </si>
   <si>
     <t>da</t>
   </si>
   <si>
     <t>KONEKTORI / KONTROLE</t>
   </si>
   <si>
     <t>Ulaz digitalnog signala</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt mod, Dodir, 1x prednji: 100W PD, 1x zadnji: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Audio ulaz</t>
   </si>
   <si>
     <t>Mini konektor x1 (Microphone)</t>
   </si>
   <si>
     <t>Kontrolni ulaz</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Digitalni izlaz signala</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Audio izlaz</t>
   </si>
   <si>
     <t>S/PDIF (Optički) x1
 Mini konektor x1 (Headphone)
 Zvučnici 2 x 20W (Front facing + 20W Subwoofer on backside)</t>
   </si>
   <si>
     <t>Monitor kontrolni izlaz</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB portovi</t>
   </si>
   <si>
-    <t>x5</t>
+    <t>x4 (media playback / peripherals / storage –  side: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Automatsko prebacivanje na PC i Android, 1000 MB)</t>
   </si>
   <si>
     <t>Mikrofon</t>
   </si>
   <si>
     <t>8-Array (snimanje zvuka na udaljenosti od 8m)</t>
   </si>
   <si>
     <t>KARAKTERISTIKE</t>
   </si>
   <si>
     <t>Integrisani softver</t>
   </si>
   <si>
     <t>iiWare 21E ( AndroidOS 14) koji sadrži Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, menadžer datoteka, cloude diskove i iiShare &amp; EShare za bežičnu vezu sa Windovs / iOS / Android uređajima</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
@@ -286,51 +286,51 @@
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Kućište (okvir)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Zaključavanje OSD tastera</t>
   </si>
   <si>
     <t>OPŠTE</t>
   </si>
   <si>
     <t>OSD jezici</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Kontrolni tasteri</t>
   </si>
   <si>
-    <t>Uključivanje</t>
+    <t>Uključivanje (pritisnite i držite 3–5 sekundi), Početni ekran (prečica na ekranu): Kratko pritisnite dugme za napajanje</t>
   </si>
   <si>
     <t>Redukcija plavog svetla</t>
   </si>
   <si>
     <t>Bez treperenja</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Garancija</t>
   </si>
   <si>
     <t>5 godina (za detalje i zemlje koje ispunjavaju uslove potražite odeljak Garancija na našoj web stranici)</t>
   </si>
   <si>
     <t>MEHANIČKI</t>
   </si>
   <si>
     <t>Orijentacija</t>
   </si>
@@ -355,93 +355,93 @@
   <si>
     <t>Temperatura skladištenja</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF - Prosecno vreme izmedju kvarova</t>
   </si>
   <si>
     <t>50.000 sati (izuzimajući pozadinsko osvetljenje)</t>
   </si>
   <si>
     <t>UKLJUČENI DODACI</t>
   </si>
   <si>
     <t>Kablovi</t>
   </si>
   <si>
     <t>Strujni kabl (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Olovka za dodir</t>
   </si>
   <si>
-    <t>x4 (Saveti za dvostruke funkcije, antibakterijski premaz)</t>
+    <t>x4 (Saveti za dvostruke funkcije)</t>
   </si>
   <si>
     <t>Upustva</t>
   </si>
   <si>
     <t>kratko uputstvo, bezbednosni vodič</t>
   </si>
   <si>
     <t>Ostalo</t>
   </si>
   <si>
     <t>Nosač za montiranje na zid (VESA 800x400), Nosač za montiranje na veb kameru</t>
   </si>
   <si>
     <t>Daljinski upravljač</t>
   </si>
   <si>
     <t>da (baterije uključene)</t>
   </si>
   <si>
     <t>UPRAVLJANJE NAPAJANJEM</t>
   </si>
   <si>
     <t>Napajanje</t>
   </si>
   <si>
     <t>interna</t>
   </si>
   <si>
     <t>Potrošnja energije</t>
   </si>
   <si>
     <t>% 1W tipično, 0.5W stand by, 0.3W iskljucen</t>
   </si>
   <si>
     <t>ODRŽIVOST</t>
   </si>
   <si>
     <t>Propisi</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS podrška, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS podrška, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Klasa energetske efikasnosti (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT je sveobuhvatna ekološka ocena koja pomaže u identifikaciji ekoloških računara i druge elektronske opreme. Bronzani sertifikat znači da monitor ispunjava sve tražene kriterijume. EPEAT Bronze važi u zemljama u kojima iiyama registruje proizvod. Molimo posetite www.epeat.net za status registracije u vašoj zemlji.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>iznad 0.1%: Olova</t>
   </si>
   <si>
     <t>DIMENZIJE / TEŽINA</t>
   </si>
   <si>
     <t>Dimenzije proizvoda Š x V x D</t>
   </si>