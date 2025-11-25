--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -143,51 +143,51 @@
   <si>
     <t>TOUCH</t>
   </si>
   <si>
     <t>Touch tehnologija</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Tačke dodira</t>
   </si>
   <si>
     <t>20 (HID; samo sa podržanim OS)</t>
   </si>
   <si>
     <t>Preciznost dodira</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Način dodira</t>
   </si>
   <si>
-    <t>olovka, prst, rukavica</t>
+    <t>olovka, prst</t>
   </si>
   <si>
     <t>Interfejs dodira</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Podržani operativni sistemi</t>
   </si>
   <si>
     <t>Svi iiyama monitori su Plug &amp; Play kompatibilni sa Windows Linux operativnim sistemima. Detalje o podržanom OS-u za modele osetljive na dodir potražite u odjeljku za preuzimanje u uputstvima za instalaciju drajvera.</t>
   </si>
   <si>
     <t>Odbijanje dlana</t>
   </si>
   <si>
     <t>da</t>
   </si>
   <si>
     <t>KONEKTORI / KONTROLE</t>
   </si>
   <si>
     <t>Ulaz digitalnog signala</t>
   </si>
@@ -261,51 +261,51 @@
   <si>
     <t>Maksimalno neprekidno radno vreme</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Protiv zadržavanja slike</t>
   </si>
   <si>
     <t>Debljina stakla</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Tvrdoća stakla</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Kućište (okvir)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>metal (napred)</t>
   </si>
   <si>
     <t>Zaključavanje OSD tastera</t>
   </si>
   <si>
     <t>Zaključavanje daljinskog upravljača</t>
   </si>
   <si>
     <t>OPŠTE</t>
   </si>
   <si>
     <t>OSD jezici</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, RU, JP, NL, PL</t>
   </si>
   <si>
     <t>Korisničke kontrole</t>
   </si>
   <si>
     <t>slika (osvetljenost, kontrast, oštrina, nivo crne, nijansa, boja, smanjenje šuma, izbor gama, slaba plava svetlost, temperatura boje, kontrola boja, resetovanje slike), zvuk (balans, visoki tonovi, bas, jačina zvuka, audio izlaz, maksimalna jačina zvuka, minimalna jačina zvuka, isključivanje zvuka, resetovanje podešavanja zvučnika), podešavanje OSD-a (vreme čekanja OSD-a, horizontalni položaj OSD-a, vertikalni položaj OSD-a, transparentnost OSD-a, informativni OSD, bočna traka), opšte (logo i animacija, pozadina, slika bez signala, raspored, tajmer isključivanja), ekran (režim zumiranja, prilagođeno zumiranje, rotacija sistema, resetovanje ekrana), uređaj (status uključivanja, RS232 rutiranje, IR kontrola, fizičko dugme, motorizovano postolje, ušteda energije, čuvanje panela, informacije o monitoru, zaključavanje dodirom, ostalo), sistem (jezik, ažuriranje sistema, resetovanje podešavanja, fabričko resetovanje, podešavanje Androida), administrator (zaključavanje menija, zaključavanje sastanka, HDMI CEC, režim kioska, deljenje ekrana, Miracast stanje pripravnosti, izvoz dnevnika)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>