--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -83,69 +83,69 @@
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>Statički kontrast</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Vreme odziva (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Zona gledanja</t>
   </si>
   <si>
     <t>horizontalno/vertikalno: 178°/178°, desno/levo: 89°/89°, gore/dole: 89°/89°</t>
   </si>
   <si>
     <t>Podržane boje</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontalna sinhronizacija</t>
   </si>
   <si>
     <t>57 - 62KHz</t>
   </si>
   <si>
     <t>Vidljiva površina Š x V</t>
   </si>
   <si>
     <t>2158.8 x 1214.4mm, 85 x 47.8"</t>
   </si>
   <si>
     <t>Širina okvira (stranice, vrh, dno)</t>
   </si>
   <si>
-    <t>21.5mm, 21.8mm, 21.8mm</t>
+    <t>20mm, 20mm, 20mm</t>
   </si>
   <si>
     <t>Razmak piksela</t>
   </si>
   <si>
     <t>0.487mm</t>
   </si>
   <si>
     <t xml:space="preserve">Boja okvra </t>
   </si>
   <si>
     <t>crna, mat</t>
   </si>
   <si>
     <t>KONEKTORI / KONTROLE</t>
   </si>
   <si>
     <t>Ulaz digitalnog signala</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Kontrolni ulaz</t>