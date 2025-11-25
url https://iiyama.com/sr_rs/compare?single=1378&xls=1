--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -83,69 +83,69 @@
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>Statički kontrast</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Vreme odziva (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Zona gledanja</t>
   </si>
   <si>
     <t>horizontalno/vertikalno: 178°/178°, desno/levo: 89°/89°, gore/dole: 89°/89°</t>
   </si>
   <si>
     <t>Podržane boje</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontalna sinhronizacija</t>
   </si>
   <si>
     <t>57 - 62KHz</t>
   </si>
   <si>
     <t>Vidljiva površina Š x V</t>
   </si>
   <si>
     <t>1650.2 x 928.3mm, 65 x 36.6"</t>
   </si>
   <si>
     <t>Širina okvira (stranice, vrh, dno)</t>
   </si>
   <si>
-    <t>14.3mm, 14.3mm, 14.3mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Razmak piksela</t>
   </si>
   <si>
     <t>0.430mm</t>
   </si>
   <si>
     <t xml:space="preserve">Boja okvra </t>
   </si>
   <si>
     <t>crna, mat</t>
   </si>
   <si>
     <t>KONEKTORI / KONTROLE</t>
   </si>
   <si>
     <t>Ulaz digitalnog signala</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Kontrolni ulaz</t>
@@ -205,51 +205,51 @@
   <si>
     <t>Dodatno</t>
   </si>
   <si>
     <t>Komplet za montažu na zid je uključen (VESA 500x500mm)</t>
   </si>
   <si>
     <t>Maksimalno neprekidno radno vreme</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Protiv zadržavanja slike</t>
   </si>
   <si>
     <t>da</t>
   </si>
   <si>
     <t>Reprodukcija medija</t>
   </si>
   <si>
     <t>Kućište (okvir)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastika</t>
   </si>
   <si>
     <t>OPŠTE</t>
   </si>
   <si>
     <t>OSD jezici</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Kontrolni tasteri</t>
   </si>
   <si>
     <t>Indikator napajanja, Dugme za napajanje, Daljinski senzor</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MEHANIČKI</t>
   </si>