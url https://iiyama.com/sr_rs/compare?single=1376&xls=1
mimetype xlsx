--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -101,51 +101,51 @@
   <si>
     <t>horizontalno/vertikalno: 178°/178°, desno/levo: 89°/89°, gore/dole: 89°/89°</t>
   </si>
   <si>
     <t>Podržane boje</t>
   </si>
   <si>
     <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontalna sinhronizacija</t>
   </si>
   <si>
     <t>57 - 62KHz</t>
   </si>
   <si>
     <t>Vidljiva površina Š x V</t>
   </si>
   <si>
     <t>1209.6 x 680.4mm, 47.6 x 26.8"</t>
   </si>
   <si>
     <t>Širina okvira (stranice, vrh, dno)</t>
   </si>
   <si>
-    <t>14.5mm, 14.3mm, 14.3mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Razmak piksela</t>
   </si>
   <si>
     <t>0.315mm</t>
   </si>
   <si>
     <t xml:space="preserve">Boja okvra </t>
   </si>
   <si>
     <t>crna, mat</t>
   </si>
   <si>
     <t>KONEKTORI / KONTROLE</t>
   </si>
   <si>
     <t>Ulaz digitalnog signala</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Kontrolni ulaz</t>
@@ -205,51 +205,51 @@
   <si>
     <t>Dodatno</t>
   </si>
   <si>
     <t>Komplet za montažu na zid je uključen (VESA 400x400mm)</t>
   </si>
   <si>
     <t>Maksimalno neprekidno radno vreme</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Protiv zadržavanja slike</t>
   </si>
   <si>
     <t>da</t>
   </si>
   <si>
     <t>Reprodukcija medija</t>
   </si>
   <si>
     <t>Kućište (okvir)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastika</t>
   </si>
   <si>
     <t>OPŠTE</t>
   </si>
   <si>
     <t>OSD jezici</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Kontrolni tasteri</t>
   </si>
   <si>
     <t>Indikator napajanja, Dugme za napajanje, Daljinski senzor</t>
   </si>
   <si>
     <t>Korisničke kontrole</t>
   </si>
   <si>
     <t>mreža (status, Wi-Fi, eternet, hotspot), slika (osvetljenost, kontrast, oštrina, nivo crne boje, nijansa, boja, smanjenje šuma, izbor gama, temp. boje, kontrola boje, resetovanje slike), zvuk (balans, visoki tonovi, bas, jačina zvuka, audio izlaz, maks. jačina zvuka, min. jačina zvuka, utišavanje, sinhronizacija audio izlaza, podešavanje OSD-a), podešavanje OSD-a H-pozicija, V-pozicija na ekranu, transparentnost menija na ekranu, informacije OSD), opšte (logo i animacija, pozadina, slika bez signala, raspored, tajmer za isključivanje), ekran (režim zumiranja, prilagođeno zumiranje, rotacija sistema, resetovanje ekrana), uređaj (status uključenja, RS232 rutiranje, IR kontrola, ušteda energije, čuvanje panela, informacije o monitoru, drugo), kanal (preimenovanje izvora, automatski prekidač u kanalu, preimenovanje izvora). HDMI verzija), sistem (jezik, ažuriranje sistema, resetovanje podešavanja, fabrička podešavanja, Android podešavanja), administrator (zaključavanje menija, soba za sastanke, HDMI CEC, deljenje ekrana, Miracast režim pripravnosti, izvoz dnevnika)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>