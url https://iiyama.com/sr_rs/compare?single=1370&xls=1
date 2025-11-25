--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -265,51 +265,51 @@
   <si>
     <t>Kablovi</t>
   </si>
   <si>
     <t>Strujni kabl, USB, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>Ostalo</t>
   </si>
   <si>
     <t>kratko uputstvo, bezbednosni vodič</t>
   </si>
   <si>
     <t>UPRAVLJANJE NAPAJANJEM</t>
   </si>
   <si>
     <t>Napajanje</t>
   </si>
   <si>
     <t>interna</t>
   </si>
   <si>
     <t>Potrošnja energije</t>
   </si>
   <si>
-    <t>% 1W tipično, 0.5W stand by, 0.3W iskljucen</t>
+    <t>32W default , 0.5W stand by, 0.3W iskljucen</t>
   </si>
   <si>
     <t>ODRŽIVOST</t>
   </si>
   <si>
     <t>Propisi</t>
   </si>
   <si>
     <t>TCO Sertifikat, CE, TÜV-GS, EAC, VCCI-B, PSE, RoHS podrška, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Klasa energetske efikasnosti (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>EPEAT je sveobuhvatni rejting zaštite okoline koji pomaže u identifikaciji ekološki zelenijih računara i druge elektronske opreme. Srebrna certifikacija znači da monitor ispunjava sve tražene kriterijume plus najmanje 50% neobaveznih zahteva. EPEAT Silver važi u zemljama gde iiyama registruje proizvod. Molimo posetite www.epeat.net radi statusa registracije u vašoj zemlji.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>