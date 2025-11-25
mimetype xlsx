--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,72 +41,72 @@
   <si>
     <t>KARAKTERISTIKE EKRANA</t>
   </si>
   <si>
     <t>Dizajn</t>
   </si>
   <si>
     <t>Staklo od ivice do ivice</t>
   </si>
   <si>
     <t>Dijagonala</t>
   </si>
   <si>
     <t>27", 68.6cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t xml:space="preserve">Osnovna rezolucija </t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Osnovna rezolucija</t>
   </si>
   <si>
-    <t>60Hz</t>
+    <t>100Hz</t>
   </si>
   <si>
     <t>Format ekrana</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Osvetljenje</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
-    <t>344 cd/m² sa dodirom</t>
+    <t>345 cd/m² sa dodirom</t>
   </si>
   <si>
     <t>Propusnost svetla</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Statički kontrast</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Vreme odziva (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Zona gledanja</t>
   </si>
   <si>
     <t>horizontalno/vertikalno: 178°/178°, desno/levo: 89°/89°, gore/dole: 89°/89°</t>
   </si>