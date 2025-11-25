--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>ProLite T2752MSC-W1</t>
   </si>
   <si>
     <t>KARAKTERISTIKE EKRANA</t>
   </si>
   <si>
     <t>Dizajn</t>
   </si>
   <si>
     <t>Staklo od ivice do ivice</t>
   </si>
   <si>
     <t>Dijagonala</t>
   </si>
   <si>
     <t>27", 68.6cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
@@ -74,93 +74,93 @@
   <si>
     <t>Format ekrana</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Osvetljenje</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>360 cd/m² sa dodirom</t>
   </si>
   <si>
     <t>Propusnost svetla</t>
   </si>
   <si>
     <t>90%</t>
   </si>
   <si>
     <t>Statički kontrast</t>
   </si>
   <si>
-    <t xml:space="preserve">1000:1 </t>
+    <t xml:space="preserve"> 1000:1 sa dodirom</t>
   </si>
   <si>
     <t>Vreme odziva (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Zona gledanja</t>
   </si>
   <si>
     <t>horizontalno/vertikalno: 178°/178°, desno/levo: 89°/89°, gore/dole: 89°/89°</t>
   </si>
   <si>
     <t>Podržane boje</t>
   </si>
   <si>
     <t>16.7miliona 8bit</t>
   </si>
   <si>
     <t>Horizontalna sinhronizacija</t>
   </si>
   <si>
     <t>30 - 83KHz</t>
   </si>
   <si>
     <t>Vidljiva površina Š x V</t>
   </si>
   <si>
     <t>598 x 336mm, 23.5 x 13.2"</t>
   </si>
   <si>
     <t>Razmak piksela</t>
   </si>
   <si>
     <t>0.311mm</t>
   </si>
   <si>
     <t xml:space="preserve">Boja okvra </t>
   </si>
   <si>
-    <t>crna, mat</t>
+    <t>bela, mat</t>
   </si>
   <si>
     <t>TOUCH</t>
   </si>
   <si>
     <t>Touch tehnologija</t>
   </si>
   <si>
     <t>projektivni kapacitivni</t>
   </si>
   <si>
     <t>Tačke dodira</t>
   </si>
   <si>
     <t>10 (HID, samo sa podržanim OS)</t>
   </si>
   <si>
     <t>Preciznost dodira</t>
   </si>
   <si>
     <t>+- 2mm</t>
   </si>
   <si>
     <t>Način dodira</t>
   </si>
@@ -250,75 +250,93 @@
   <si>
     <t>Podešavanje slike (osvetljenje, kontrast, i-Stile Color, adv. kontrast, ECO, OverDrive, X-Res tehnologija), podešavanja boja (gama, RGB opseg, temp. boja), podešavanja slike (podešavanje video režima, reduktor plave svetlosti, oštar i mekan), OSD (horizontalni položaj, vertikalni položaj, vreme na ekranu, pozadina menija na ekranu, jezik, informacije o ekranu), ekstra (resetovanje, DDC/CI, izbor signala, jačina zvuka, utišavanje, LED, logo za otvaranje, prekidač na dodir)</t>
   </si>
   <si>
     <t>Pogodnost</t>
   </si>
   <si>
     <t>Kensington-lock™ priprema</t>
   </si>
   <si>
     <t>Redukcija plavog svetla</t>
   </si>
   <si>
     <t>Bez treperenja</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MEHANIČKI</t>
   </si>
   <si>
+    <t>Orijentacija</t>
+  </si>
+  <si>
+    <t>pejzaž, face-up</t>
+  </si>
+  <si>
     <t>Ugao nagiba</t>
   </si>
   <si>
     <t>90° gore; 5° dole</t>
   </si>
   <si>
     <t>VESA montiranje</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
+    <t>Sistem upravljanja kablovima</t>
+  </si>
+  <si>
+    <t>MTBF - Prosecno vreme izmedju kvarova</t>
+  </si>
+  <si>
+    <t>50000 sati (izuzimajući pozadinsko osvetljenje)</t>
+  </si>
+  <si>
     <t>UKLJUČENI DODACI</t>
   </si>
   <si>
     <t>Kablovi</t>
   </si>
   <si>
-    <t>Strujni kabl, USB, HDMI</t>
+    <t>Strujni kabl (1.8m), USB (1.5m), HDMI (1.5m)</t>
   </si>
   <si>
     <t>Upustva</t>
   </si>
   <si>
     <t>kratko uputstvo, bezbednosni vodič</t>
+  </si>
+  <si>
+    <t>Poklopac kabla</t>
   </si>
   <si>
     <t>UPRAVLJANJE NAPAJANJEM</t>
   </si>
   <si>
     <t>Napajanje</t>
   </si>
   <si>
     <t>interna</t>
   </si>
   <si>
     <t>Potrošnja energije</t>
   </si>
   <si>
     <t>% 1W tipično, 1.5W stand by, 0.3W iskljucen</t>
   </si>
   <si>
     <t>ODRŽIVOST</t>
   </si>
   <si>
     <t>Propisi</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, RoHS podrška, ErP, WEEE, REACH, UKCA, cTUVus</t>
   </si>
@@ -693,54 +711,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N72"/>
+  <dimension ref="A1:N76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N72" sqref="N72"/>
+      <selection activeCell="N76" sqref="N76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1740,404 +1758,484 @@
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="1" t="s">
         <v>80</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>81</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
     </row>
     <row r="54" spans="1:14">
-      <c r="A54" s="1"/>
-      <c r="B54" s="1"/>
+      <c r="A54" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>83</v>
+      </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
     </row>
     <row r="55" spans="1:14">
-      <c r="A55" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N55" s="2"/>
+      <c r="A55" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="C55" s="1"/>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1"/>
+      <c r="F55" s="1"/>
+      <c r="G55" s="1"/>
+      <c r="H55" s="1"/>
+      <c r="I55" s="1"/>
+      <c r="J55" s="1"/>
+      <c r="K55" s="1"/>
+      <c r="L55" s="1"/>
+      <c r="M55" s="1"/>
+      <c r="N55" s="1"/>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="1" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
     </row>
     <row r="57" spans="1:14">
-      <c r="A57" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A57" s="1"/>
+      <c r="B57" s="1"/>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
     </row>
     <row r="58" spans="1:14">
-      <c r="A58" s="1"/>
-[...12 lines deleted...]
-      <c r="N58" s="1"/>
+      <c r="A58" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B58" s="2"/>
+      <c r="C58" s="2"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+      <c r="H58" s="2"/>
+      <c r="I58" s="2"/>
+      <c r="J58" s="2"/>
+      <c r="K58" s="2"/>
+      <c r="L58" s="2"/>
+      <c r="M58" s="2"/>
+      <c r="N58" s="2"/>
     </row>
     <row r="59" spans="1:14">
-      <c r="A59" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N59" s="2"/>
+      <c r="A59" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="C59" s="1"/>
+      <c r="D59" s="1"/>
+      <c r="E59" s="1"/>
+      <c r="F59" s="1"/>
+      <c r="G59" s="1"/>
+      <c r="H59" s="1"/>
+      <c r="I59" s="1"/>
+      <c r="J59" s="1"/>
+      <c r="K59" s="1"/>
+      <c r="L59" s="1"/>
+      <c r="M59" s="1"/>
+      <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>91</v>
+        <v>49</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="1"/>
       <c r="B62" s="1"/>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
       <c r="J63" s="2"/>
       <c r="K63" s="2"/>
       <c r="L63" s="2"/>
       <c r="M63" s="2"/>
       <c r="N63" s="2"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="1"/>
       <c r="B66" s="1"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
     </row>
     <row r="70" spans="1:14">
-      <c r="A70" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A70" s="1"/>
+      <c r="B70" s="1"/>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
     </row>
     <row r="71" spans="1:14">
-      <c r="A71" s="1" t="s">
-[...16 lines deleted...]
-      <c r="N71" s="1"/>
+      <c r="A71" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B71" s="2"/>
+      <c r="C71" s="2"/>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2"/>
+      <c r="I71" s="2"/>
+      <c r="J71" s="2"/>
+      <c r="K71" s="2"/>
+      <c r="L71" s="2"/>
+      <c r="M71" s="2"/>
+      <c r="N71" s="2"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="1" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>4948570123001</v>
+        <v>104</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>105</v>
       </c>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
+    </row>
+    <row r="73" spans="1:14">
+      <c r="A73" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C73" s="1"/>
+      <c r="D73" s="1"/>
+      <c r="E73" s="1"/>
+      <c r="F73" s="1"/>
+      <c r="G73" s="1"/>
+      <c r="H73" s="1"/>
+      <c r="I73" s="1"/>
+      <c r="J73" s="1"/>
+      <c r="K73" s="1"/>
+      <c r="L73" s="1"/>
+      <c r="M73" s="1"/>
+      <c r="N73" s="1"/>
+    </row>
+    <row r="74" spans="1:14">
+      <c r="A74" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1"/>
+      <c r="H74" s="1"/>
+      <c r="I74" s="1"/>
+      <c r="J74" s="1"/>
+      <c r="K74" s="1"/>
+      <c r="L74" s="1"/>
+      <c r="M74" s="1"/>
+      <c r="N74" s="1"/>
+    </row>
+    <row r="75" spans="1:14">
+      <c r="A75" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1"/>
+      <c r="H75" s="1"/>
+      <c r="I75" s="1"/>
+      <c r="J75" s="1"/>
+      <c r="K75" s="1"/>
+      <c r="L75" s="1"/>
+      <c r="M75" s="1"/>
+      <c r="N75" s="1"/>
+    </row>
+    <row r="76" spans="1:14">
+      <c r="A76" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B76" s="1">
+        <v>4948570123001</v>
+      </c>
+      <c r="C76" s="1"/>
+      <c r="D76" s="1"/>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1"/>
+      <c r="H76" s="1"/>
+      <c r="I76" s="1"/>
+      <c r="J76" s="1"/>
+      <c r="K76" s="1"/>
+      <c r="L76" s="1"/>
+      <c r="M76" s="1"/>
+      <c r="N76" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>