--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -259,51 +259,51 @@
   <si>
     <t>Kablovi</t>
   </si>
   <si>
     <t>Strujni kabl, USB, HDMI, DP, USB-C</t>
   </si>
   <si>
     <t>Ostalo</t>
   </si>
   <si>
     <t>kratko uputstvo, bezbednosni vodič</t>
   </si>
   <si>
     <t>UPRAVLJANJE NAPAJANJEM</t>
   </si>
   <si>
     <t>Napajanje</t>
   </si>
   <si>
     <t>interna</t>
   </si>
   <si>
     <t>Potrošnja energije</t>
   </si>
   <si>
-    <t>% 1W tipično, 0.5W stand by, 0.3W iskljucen</t>
+    <t>37W default , 0.5W stand by, 0.3W iskljucen</t>
   </si>
   <si>
     <t>ODRŽIVOST</t>
   </si>
   <si>
     <t>Propisi</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, PSE, RoHS podrška, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Klasa energetske efikasnosti (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>iznad 0.1%: Olova</t>
   </si>
 </sst>
 </file>
 