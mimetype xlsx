--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>ProLite LH7564UHS-B1AG</t>
   </si>
   <si>
     <t>OBRAZ</t>
   </si>
   <si>
     <t>Wygląd</t>
   </si>
   <si>
     <t>cienkie ramki</t>
   </si>
   <si>
     <t>Przekątna</t>
   </si>
   <si>
     <t>75", 189.5cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t xml:space="preserve">VA, powłoka szklana Anti-Glare, matowe wykończenie, haze 25% </t>
   </si>
   <si>
@@ -77,69 +77,69 @@
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>Kontrast statyczny</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Czas reakcji (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Kąty widzenia</t>
   </si>
   <si>
     <t>poziomo/pionowo: 178°/178°, prawo/lewo: 89°/89°, góra/dół: 89°/89°</t>
   </si>
   <si>
     <t>Kolory</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Synchronizacja pozioma</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Powierzchnia robocza szer. x wys.</t>
   </si>
   <si>
     <t>1650.2 x 928.3mm, 65 x 36.6"</t>
   </si>
   <si>
     <t>Szerokość ramki (boki, góra, dół)</t>
   </si>
   <si>
-    <t>14.3mm, 14.3mm, 14.3mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Plamka</t>
   </si>
   <si>
     <t>0.430mm</t>
   </si>
   <si>
     <t>Obudowa</t>
   </si>
   <si>
     <t>czarna, matowa</t>
   </si>
   <si>
     <t>INTERFEJSY / ZŁĄCZA / STEROWANIE</t>
   </si>
   <si>
     <t>Cyfrowe wejścia sygnału</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Sterowanie</t>
@@ -196,51 +196,54 @@
   <si>
     <t>CPU: A73*4, GPU: G52 MC1, RAM: 4GB, ROM: 32GB</t>
   </si>
   <si>
     <t>Ekstra</t>
   </si>
   <si>
     <t>Dołączony zestaw do montażu na ścianie (VESA 500x500 mm)</t>
   </si>
   <si>
     <t>Maksymalny czas pracy bez przerwy</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Zapobieganie wypaleniu obrazu</t>
   </si>
   <si>
     <t>tak</t>
   </si>
   <si>
     <t>Odtwarzanie multimediów</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>Obudowa (ramka)</t>
+  </si>
+  <si>
+    <t>plastik</t>
   </si>
   <si>
     <t>OGÓLNE</t>
   </si>
   <si>
     <t>Języki menu OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Przyciski</t>
   </si>
   <si>
     <t>Wskaźnik zasilania, Przycisk zasilania, Czujnik zdalnego sterowania</t>
   </si>
   <si>
     <t>Parametry regulowane</t>
   </si>
   <si>
     <t>sieć (status, WiFi, Ethernet, Hotspot), obraz (jasność, kontrast, ostrość, poziom czerni, odcień, kolor, redukcja szumów, wybór gamma, temperatura barwowa, kontrola kolorów, reset obrazu), dźwięk (balans, wysokie tony, bas, głośność, wyjście audio, max. głośność, min. głośność, wyciszenie, synchronizacja wyjścia audio, ustawienia głośnika, reset audio), ustawienia OSD (wygaszenie OSD, pozycja pozioma OSD, pozycja pionowa OSD, przejrzystość OSD, informacje OSD), ogólne (logo i animacje, tapeta, brak sygnału obrazy, harmonogram, wyłącznik czasowy), ekran (tryb powiększenia, niestandardowe powiększenie, rotacja systemu, reset ekranu), urządzenie (status zasilania, RS232 routing, sterowanie IR, oszczędzanie energii, zapisywanie panelu, inne), kanał (uruchamianie na źródle, zmiana nazwy kanału wejściowego, wykrywanie utraty sygnału, wersja HDMI), system (język, aktualizacja systemu, reset ustawień, przywracanie ustawień fabrycznych, ustawienia systemu Android), administrator (blokada menu, sala konferencyjna, HDMI CEC, udostępnianie ekranu, tryb gotowości Miracast, log eksport)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
@@ -1387,678 +1390,678 @@
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="1" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C36" s="1"/>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
       <c r="I36" s="1"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="2"/>
       <c r="D38" s="2"/>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
       <c r="H38" s="2"/>
       <c r="I38" s="2"/>
       <c r="J38" s="2"/>
       <c r="K38" s="2"/>
       <c r="L38" s="2"/>
       <c r="M38" s="2"/>
       <c r="N38" s="2"/>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
     </row>
     <row r="40" spans="1:14">
       <c r="A40" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
       <c r="I40" s="1"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
     </row>
     <row r="41" spans="1:14">
       <c r="A41" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C41" s="1"/>
       <c r="D41" s="1"/>
       <c r="E41" s="1"/>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
       <c r="I41" s="1"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="1"/>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="2"/>
       <c r="D44" s="2"/>
       <c r="E44" s="2"/>
       <c r="F44" s="2"/>
       <c r="G44" s="2"/>
       <c r="H44" s="2"/>
       <c r="I44" s="2"/>
       <c r="J44" s="2"/>
       <c r="K44" s="2"/>
       <c r="L44" s="2"/>
       <c r="M44" s="2"/>
       <c r="N44" s="2"/>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>57</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
     </row>
     <row r="48" spans="1:14">
       <c r="A48" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
     </row>
     <row r="49" spans="1:14">
       <c r="A49" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C49" s="1"/>
       <c r="D49" s="1"/>
       <c r="E49" s="1"/>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
       <c r="I49" s="1"/>
       <c r="J49" s="1"/>
       <c r="K49" s="1"/>
       <c r="L49" s="1"/>
       <c r="M49" s="1"/>
       <c r="N49" s="1"/>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="1"/>
       <c r="B51" s="1"/>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="2"/>
       <c r="D52" s="2"/>
       <c r="E52" s="2"/>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
       <c r="H52" s="2"/>
       <c r="I52" s="2"/>
       <c r="J52" s="2"/>
       <c r="K52" s="2"/>
       <c r="L52" s="2"/>
       <c r="M52" s="2"/>
       <c r="N52" s="2"/>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="1"/>
       <c r="B57" s="1"/>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="2"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
       <c r="F58" s="2"/>
       <c r="G58" s="2"/>
       <c r="H58" s="2"/>
       <c r="I58" s="2"/>
       <c r="J58" s="2"/>
       <c r="K58" s="2"/>
       <c r="L58" s="2"/>
       <c r="M58" s="2"/>
       <c r="N58" s="2"/>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="1"/>
       <c r="B62" s="1"/>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
       <c r="J63" s="2"/>
       <c r="K63" s="2"/>
       <c r="L63" s="2"/>
       <c r="M63" s="2"/>
       <c r="N63" s="2"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="1"/>
       <c r="B66" s="1"/>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="2"/>
       <c r="D67" s="2"/>
       <c r="E67" s="2"/>
       <c r="F67" s="2"/>
       <c r="G67" s="2"/>
       <c r="H67" s="2"/>
       <c r="I67" s="2"/>
       <c r="J67" s="2"/>
       <c r="K67" s="2"/>
       <c r="L67" s="2"/>
       <c r="M67" s="2"/>
       <c r="N67" s="2"/>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>