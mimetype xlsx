--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,66 +41,66 @@
   <si>
     <t>OBRAZ</t>
   </si>
   <si>
     <t>Wygląd</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Przekątna</t>
   </si>
   <si>
     <t>27", 68.6cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Rozdzielczość fizyczna</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Format obrazu</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Jasność</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
-    <t>344 cd/m² z panelem dotykowym</t>
+    <t>345 cd/m² z panelem dotykowym</t>
   </si>
   <si>
     <t>Przepuszczalność światła</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Kontrast statyczny</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Czas reakcji (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Kąty widzenia</t>
   </si>
   <si>
     <t>poziomo/pionowo: 178°/178°, prawo/lewo: 89°/89°, góra/dół: 89°/89°</t>
   </si>