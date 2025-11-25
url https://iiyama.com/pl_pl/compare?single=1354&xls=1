--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,51 +41,51 @@
   <si>
     <t>OBRAZ</t>
   </si>
   <si>
     <t>Wygląd</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Przekątna</t>
   </si>
   <si>
     <t>21.5", 54.5cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Rozdzielczość fizyczna</t>
   </si>
   <si>
-    <t>1920 x 1080 (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Format obrazu</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Jasność</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>215 cd/m² z panelem dotykowym</t>
   </si>
   <si>
     <t>Przepuszczalność światła</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Kontrast statyczny</t>
   </si>