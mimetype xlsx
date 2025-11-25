--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -277,51 +277,51 @@
   <si>
     <t>Pozostałe</t>
   </si>
   <si>
     <t>skrócona instrukcja obsługi, instrukcja bezpieczeństwa</t>
   </si>
   <si>
     <t>ZARZĄDZANIE ENERGIĄ</t>
   </si>
   <si>
     <t>Zasilacz</t>
   </si>
   <si>
     <t>wewnętrzny</t>
   </si>
   <si>
     <t>Zasilanie</t>
   </si>
   <si>
     <t>AC AC  - 100V, 240/V, 50Hz</t>
   </si>
   <si>
     <t>Zużycie energii</t>
   </si>
   <si>
-    <t>55W typowo, 0.5W stand by, 0.3W off mode</t>
+    <t>32W default , 0.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>ZRÓWNOWAŻONY ROZWÓJ</t>
   </si>
   <si>
     <t>Certyfikaty</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, PSE, RoHS support, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Klasa efektywności energetycznej (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>*lista zarejestrowanych modeli różni się w zależności od kraju, szczegółowe informacje są dostępne na stronie www.epeat.net</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>