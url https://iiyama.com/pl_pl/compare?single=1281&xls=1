--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>ProLite TE8614MIS-B2AG</t>
   </si>
   <si>
     <t>OBRAZ</t>
   </si>
   <si>
     <t>Wygląd</t>
   </si>
   <si>
     <t>cienkie ramki</t>
   </si>
   <si>
     <t>Przekątna</t>
   </si>
   <si>
     <t>85.6", 217.4cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>VA</t>
   </si>
   <si>
@@ -283,50 +283,53 @@
     <t>Ekstra</t>
   </si>
   <si>
     <t>gniazdo na opcjonalny komputer typu OPS Slot PC, 4x pióro dotykowe</t>
   </si>
   <si>
     <t>Tryb kiosk</t>
   </si>
   <si>
     <t>Maksymalny czas pracy bez przerwy</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Grubość szkła</t>
   </si>
   <si>
     <t>3mm</t>
   </si>
   <si>
     <t>Twardość szkła</t>
   </si>
   <si>
     <t>7H</t>
+  </si>
+  <si>
+    <t>Obudowa (ramka)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>Blokada przycisków OSD</t>
   </si>
   <si>
     <t>OGÓLNE</t>
   </si>
   <si>
     <t>Języki menu OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Przyciski</t>
   </si>
   <si>
     <t>Zasilanie, Wskaźnik zasilania, Czujnik zdalny, Czujnik światła, USB-C Connector (3.2)</t>
   </si>
   <si>
     <t>Parametry regulowane</t>
   </si>
@@ -1858,949 +1861,949 @@
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="1" t="s">
         <v>86</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" s="1" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C54" s="1"/>
       <c r="D54" s="1"/>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
       <c r="I54" s="1"/>
       <c r="J54" s="1"/>
       <c r="K54" s="1"/>
       <c r="L54" s="1"/>
       <c r="M54" s="1"/>
       <c r="N54" s="1"/>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="1"/>
       <c r="B55" s="1"/>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
       <c r="D56" s="2"/>
       <c r="E56" s="2"/>
       <c r="F56" s="2"/>
       <c r="G56" s="2"/>
       <c r="H56" s="2"/>
       <c r="I56" s="2"/>
       <c r="J56" s="2"/>
       <c r="K56" s="2"/>
       <c r="L56" s="2"/>
       <c r="M56" s="2"/>
       <c r="N56" s="2"/>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C57" s="1"/>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
       <c r="I57" s="1"/>
       <c r="J57" s="1"/>
       <c r="K57" s="1"/>
       <c r="L57" s="1"/>
       <c r="M57" s="1"/>
       <c r="N57" s="1"/>
     </row>
     <row r="58" spans="1:14">
       <c r="A58" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C58" s="1"/>
       <c r="D58" s="1"/>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
       <c r="I58" s="1"/>
       <c r="J58" s="1"/>
       <c r="K58" s="1"/>
       <c r="L58" s="1"/>
       <c r="M58" s="1"/>
       <c r="N58" s="1"/>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="1"/>
       <c r="B63" s="1"/>
       <c r="C63" s="1"/>
       <c r="D63" s="1"/>
       <c r="E63" s="1"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
       <c r="I63" s="1"/>
       <c r="J63" s="1"/>
       <c r="K63" s="1"/>
       <c r="L63" s="1"/>
       <c r="M63" s="1"/>
       <c r="N63" s="1"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="2"/>
       <c r="D64" s="2"/>
       <c r="E64" s="2"/>
       <c r="F64" s="2"/>
       <c r="G64" s="2"/>
       <c r="H64" s="2"/>
       <c r="I64" s="2"/>
       <c r="J64" s="2"/>
       <c r="K64" s="2"/>
       <c r="L64" s="2"/>
       <c r="M64" s="2"/>
       <c r="N64" s="2"/>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B66" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
     </row>
     <row r="67" spans="1:14">
       <c r="A67" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C67" s="1"/>
       <c r="D67" s="1"/>
       <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
       <c r="I67" s="1"/>
       <c r="J67" s="1"/>
       <c r="K67" s="1"/>
       <c r="L67" s="1"/>
       <c r="M67" s="1"/>
       <c r="N67" s="1"/>
     </row>
     <row r="68" spans="1:14">
       <c r="A68" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C68" s="1"/>
       <c r="D68" s="1"/>
       <c r="E68" s="1"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
       <c r="I68" s="1"/>
       <c r="J68" s="1"/>
       <c r="K68" s="1"/>
       <c r="L68" s="1"/>
       <c r="M68" s="1"/>
       <c r="N68" s="1"/>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="1"/>
       <c r="B71" s="1"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="2"/>
       <c r="D72" s="2"/>
       <c r="E72" s="2"/>
       <c r="F72" s="2"/>
       <c r="G72" s="2"/>
       <c r="H72" s="2"/>
       <c r="I72" s="2"/>
       <c r="J72" s="2"/>
       <c r="K72" s="2"/>
       <c r="L72" s="2"/>
       <c r="M72" s="2"/>
       <c r="N72" s="2"/>
     </row>
     <row r="73" spans="1:14">
       <c r="A73" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C73" s="1"/>
       <c r="D73" s="1"/>
       <c r="E73" s="1"/>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
       <c r="I73" s="1"/>
       <c r="J73" s="1"/>
       <c r="K73" s="1"/>
       <c r="L73" s="1"/>
       <c r="M73" s="1"/>
       <c r="N73" s="1"/>
     </row>
     <row r="74" spans="1:14">
       <c r="A74" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C74" s="1"/>
       <c r="D74" s="1"/>
       <c r="E74" s="1"/>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
       <c r="I74" s="1"/>
       <c r="J74" s="1"/>
       <c r="K74" s="1"/>
       <c r="L74" s="1"/>
       <c r="M74" s="1"/>
       <c r="N74" s="1"/>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="1"/>
       <c r="B78" s="1"/>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
     </row>
     <row r="79" spans="1:14">
       <c r="A79" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B79" s="2"/>
       <c r="C79" s="2"/>
       <c r="D79" s="2"/>
       <c r="E79" s="2"/>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
       <c r="H79" s="2"/>
       <c r="I79" s="2"/>
       <c r="J79" s="2"/>
       <c r="K79" s="2"/>
       <c r="L79" s="2"/>
       <c r="M79" s="2"/>
       <c r="N79" s="2"/>
     </row>
     <row r="80" spans="1:14">
       <c r="A80" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="C80" s="1"/>
       <c r="D80" s="1"/>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
       <c r="I80" s="1"/>
       <c r="J80" s="1"/>
       <c r="K80" s="1"/>
       <c r="L80" s="1"/>
       <c r="M80" s="1"/>
       <c r="N80" s="1"/>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C81" s="1"/>
       <c r="D81" s="1"/>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1"/>
       <c r="H81" s="1"/>
       <c r="I81" s="1"/>
       <c r="J81" s="1"/>
       <c r="K81" s="1"/>
       <c r="L81" s="1"/>
       <c r="M81" s="1"/>
       <c r="N81" s="1"/>
     </row>
     <row r="82" spans="1:14">
       <c r="A82" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C82" s="1"/>
       <c r="D82" s="1"/>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
       <c r="I82" s="1"/>
       <c r="J82" s="1"/>
       <c r="K82" s="1"/>
       <c r="L82" s="1"/>
       <c r="M82" s="1"/>
       <c r="N82" s="1"/>
     </row>
     <row r="83" spans="1:14">
       <c r="A83" s="1"/>
       <c r="B83" s="1"/>
       <c r="C83" s="1"/>
       <c r="D83" s="1"/>
       <c r="E83" s="1"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
       <c r="I83" s="1"/>
       <c r="J83" s="1"/>
       <c r="K83" s="1"/>
       <c r="L83" s="1"/>
       <c r="M83" s="1"/>
       <c r="N83" s="1"/>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B84" s="2"/>
       <c r="C84" s="2"/>
       <c r="D84" s="2"/>
       <c r="E84" s="2"/>
       <c r="F84" s="2"/>
       <c r="G84" s="2"/>
       <c r="H84" s="2"/>
       <c r="I84" s="2"/>
       <c r="J84" s="2"/>
       <c r="K84" s="2"/>
       <c r="L84" s="2"/>
       <c r="M84" s="2"/>
       <c r="N84" s="2"/>
     </row>
     <row r="85" spans="1:14">
       <c r="A85" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C85" s="1"/>
       <c r="D85" s="1"/>
       <c r="E85" s="1"/>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
       <c r="I85" s="1"/>
       <c r="J85" s="1"/>
       <c r="K85" s="1"/>
       <c r="L85" s="1"/>
       <c r="M85" s="1"/>
       <c r="N85" s="1"/>
     </row>
     <row r="86" spans="1:14">
       <c r="A86" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C86" s="1"/>
       <c r="D86" s="1"/>
       <c r="E86" s="1"/>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
       <c r="I86" s="1"/>
       <c r="J86" s="1"/>
       <c r="K86" s="1"/>
       <c r="L86" s="1"/>
       <c r="M86" s="1"/>
       <c r="N86" s="1"/>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" s="1"/>
       <c r="B87" s="1"/>
       <c r="C87" s="1"/>
       <c r="D87" s="1"/>
       <c r="E87" s="1"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
       <c r="I87" s="1"/>
       <c r="J87" s="1"/>
       <c r="K87" s="1"/>
       <c r="L87" s="1"/>
       <c r="M87" s="1"/>
       <c r="N87" s="1"/>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B88" s="2"/>
       <c r="C88" s="2"/>
       <c r="D88" s="2"/>
       <c r="E88" s="2"/>
       <c r="F88" s="2"/>
       <c r="G88" s="2"/>
       <c r="H88" s="2"/>
       <c r="I88" s="2"/>
       <c r="J88" s="2"/>
       <c r="K88" s="2"/>
       <c r="L88" s="2"/>
       <c r="M88" s="2"/>
       <c r="N88" s="2"/>
     </row>
     <row r="89" spans="1:14">
       <c r="A89" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C89" s="1"/>
       <c r="D89" s="1"/>
       <c r="E89" s="1"/>
       <c r="F89" s="1"/>
       <c r="G89" s="1"/>
       <c r="H89" s="1"/>
       <c r="I89" s="1"/>
       <c r="J89" s="1"/>
       <c r="K89" s="1"/>
       <c r="L89" s="1"/>
       <c r="M89" s="1"/>
       <c r="N89" s="1"/>
     </row>
     <row r="90" spans="1:14">
       <c r="A90" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C90" s="1"/>
       <c r="D90" s="1"/>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1"/>
       <c r="H90" s="1"/>
       <c r="I90" s="1"/>
       <c r="J90" s="1"/>
       <c r="K90" s="1"/>
       <c r="L90" s="1"/>
       <c r="M90" s="1"/>
       <c r="N90" s="1"/>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C91" s="1"/>
       <c r="D91" s="1"/>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
       <c r="I91" s="1"/>
       <c r="J91" s="1"/>
       <c r="K91" s="1"/>
       <c r="L91" s="1"/>
       <c r="M91" s="1"/>
       <c r="N91" s="1"/>
     </row>
     <row r="92" spans="1:14">
       <c r="A92" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C92" s="1"/>
       <c r="D92" s="1"/>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
       <c r="I92" s="1"/>
       <c r="J92" s="1"/>
       <c r="K92" s="1"/>
       <c r="L92" s="1"/>
       <c r="M92" s="1"/>
       <c r="N92" s="1"/>
     </row>
     <row r="93" spans="1:14">
       <c r="A93" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B93" s="1">
         <v>4948570124046</v>
       </c>
       <c r="C93" s="1"/>
       <c r="D93" s="1"/>
       <c r="E93" s="1"/>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
       <c r="I93" s="1"/>
       <c r="J93" s="1"/>
       <c r="K93" s="1"/>
       <c r="L93" s="1"/>
       <c r="M93" s="1"/>
       <c r="N93" s="1"/>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" s="1"/>
       <c r="B94" s="1"/>
       <c r="C94" s="1"/>
       <c r="D94" s="1"/>
       <c r="E94" s="1"/>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
       <c r="I94" s="1"/>
       <c r="J94" s="1"/>
       <c r="K94" s="1"/>
       <c r="L94" s="1"/>
       <c r="M94" s="1"/>
       <c r="N94" s="1"/>
     </row>
     <row r="95" spans="1:14">
       <c r="A95" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B95" s="2"/>
       <c r="C95" s="2"/>
       <c r="D95" s="2"/>
       <c r="E95" s="2"/>
       <c r="F95" s="2"/>
       <c r="G95" s="2"/>
       <c r="H95" s="2"/>
       <c r="I95" s="2"/>
       <c r="J95" s="2"/>
       <c r="K95" s="2"/>
       <c r="L95" s="2"/>
       <c r="M95" s="2"/>
       <c r="N95" s="2"/>
     </row>
     <row r="96" spans="1:14">
       <c r="A96" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B96" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C96" s="1"/>
       <c r="D96" s="1"/>
       <c r="E96" s="1"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
       <c r="I96" s="1"/>
       <c r="J96" s="1"/>
       <c r="K96" s="1"/>
       <c r="L96" s="1"/>
       <c r="M96" s="1"/>
       <c r="N96" s="1"/>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C97" s="1"/>
       <c r="D97" s="1"/>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
       <c r="I97" s="1"/>
       <c r="J97" s="1"/>
       <c r="K97" s="1"/>
       <c r="L97" s="1"/>
       <c r="M97" s="1"/>
       <c r="N97" s="1"/>
     </row>
     <row r="98" spans="1:14">
       <c r="A98" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B98" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C98" s="1"/>
       <c r="D98" s="1"/>
       <c r="E98" s="1"/>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
       <c r="I98" s="1"/>
       <c r="J98" s="1"/>
       <c r="K98" s="1"/>
       <c r="L98" s="1"/>
       <c r="M98" s="1"/>
       <c r="N98" s="1"/>
     </row>
     <row r="99" spans="1:14">
       <c r="A99" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B99" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C99" s="1"/>
       <c r="D99" s="1"/>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
       <c r="I99" s="1"/>
       <c r="J99" s="1"/>
       <c r="K99" s="1"/>
       <c r="L99" s="1"/>
       <c r="M99" s="1"/>
       <c r="N99" s="1"/>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B100" s="1">
         <v>4948570124046</v>
       </c>
       <c r="C100" s="1"/>
       <c r="D100" s="1"/>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
       <c r="I100" s="1"/>
       <c r="J100" s="1"/>
       <c r="K100" s="1"/>
       <c r="L100" s="1"/>
       <c r="M100" s="1"/>
       <c r="N100" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>