--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -207,51 +207,51 @@
   <si>
     <t>Memory</t>
   </si>
   <si>
     <t>4GB DDR4</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>IEEE802.11b/g/n</t>
   </si>
   <si>
     <t>Bluetooth</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>NFC (ARM Cortex--M3 256KB, 34Mbps (high speed)), RFID (125kHZ, 9600kbit/s), ISO 14443A/B, Mifare Classic 4K/8K/Ultralight, Sony Felica</t>
   </si>
   <si>
     <t>Ekstra</t>
   </si>
   <si>
-    <t>automatyczny obrót, kamera internetowa (5 megapikseli), gniazdo kart SD, powłoka zapobiegająca odciskom palców, powłoka przeciwodblaskowa, PoE, czytnik NFC/RFID, pasek świetlny RGB Led, uchwyt ścienny</t>
+    <t>automatyczny obrót, kamera internetowa (5 megapikseli), gniazdo kart SD, powłoka zapobiegająca odciskom palców, powłoka przeciwodblaskowa, PoE, czytnik NFC/RFID, pasek świetlny RGB Led, osłona kabla i uchwyt ścienny w jednym</t>
   </si>
   <si>
     <t>Tryb kiosk</t>
   </si>
   <si>
     <t>tak</t>
   </si>
   <si>
     <t>Maksymalny czas pracy bez przerwy</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Grubość szkła</t>
   </si>
   <si>
     <t>1.85mm</t>
   </si>
   <si>
     <t>Twardość szkła</t>
   </si>
   <si>
     <t>6H</t>
   </si>