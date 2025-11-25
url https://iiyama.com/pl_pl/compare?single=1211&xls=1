--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>ProLite T2752MSC-W1</t>
   </si>
   <si>
     <t>OBRAZ</t>
   </si>
   <si>
     <t>Wygląd</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Przekątna</t>
   </si>
   <si>
     <t>27", 68.6cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
@@ -68,93 +68,93 @@
   <si>
     <t>Format obrazu</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Jasność</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>360 cd/m² z panelem dotykowym</t>
   </si>
   <si>
     <t>Przepuszczalność światła</t>
   </si>
   <si>
     <t>90%</t>
   </si>
   <si>
     <t>Kontrast statyczny</t>
   </si>
   <si>
-    <t xml:space="preserve">1000:1 </t>
+    <t>1000:1 z panelem dotykowym</t>
   </si>
   <si>
     <t>Czas reakcji (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Kąty widzenia</t>
   </si>
   <si>
     <t>poziomo/pionowo: 178°/178°, prawo/lewo: 89°/89°, góra/dół: 89°/89°</t>
   </si>
   <si>
     <t>Kolory</t>
   </si>
   <si>
     <t>16.7mln 8bit</t>
   </si>
   <si>
     <t>Synchronizacja pozioma</t>
   </si>
   <si>
     <t>30 - 83kHz</t>
   </si>
   <si>
     <t>Powierzchnia robocza szer. x wys.</t>
   </si>
   <si>
     <t>598 x 336mm, 23.5 x 13.2"</t>
   </si>
   <si>
     <t>Plamka</t>
   </si>
   <si>
     <t>0.311mm</t>
   </si>
   <si>
     <t>Obudowa</t>
   </si>
   <si>
-    <t>czarna, matowa</t>
+    <t>biała, matowa</t>
   </si>
   <si>
     <t>DOTYK</t>
   </si>
   <si>
     <t>Technologia dotykowa</t>
   </si>
   <si>
     <t>pojemnościowa</t>
   </si>
   <si>
     <t>Punkty dotykowe</t>
   </si>
   <si>
     <t>10 (HID, wymaga kompatybilnego systemu operacyjnego)</t>
   </si>
   <si>
     <t>Dokładność dotyku</t>
   </si>
   <si>
     <t>+- 2mm</t>
   </si>
   <si>
     <t>Dotyk wykonywany</t>
   </si>
@@ -244,96 +244,120 @@
   <si>
     <t>Regulacje obrazu (jasność, kontrast, i-Style Colour, kontrast ACR, ECO, OD, technologia X-Res), ustawienia kolorów (gamma, zakres RGB, temperatura kolorów, tryb wyświetlania, redukcja niebieskiego światła, ostre i miękkie), OSD (pozycja pozioma, pozycja pionowa, wygaszenie OSD, tło menu OSD, język, informacje), ekstra (przywróć, DDC/CI, wybór wejścia, głośność, wycisz, logo startowe, LED)</t>
   </si>
   <si>
     <t>Udogodnienia</t>
   </si>
   <si>
     <t>kompatybilny z Kensington-lock™</t>
   </si>
   <si>
     <t>Redukcja niebieskiego światła</t>
   </si>
   <si>
     <t>Flicker free</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MECHANICZNE</t>
   </si>
   <si>
+    <t>Orientacja</t>
+  </si>
+  <si>
+    <t>pozioma, face-up</t>
+  </si>
+  <si>
     <t>Kąt pochylenia</t>
   </si>
   <si>
     <t>90° w górę; 5° w dół</t>
   </si>
   <si>
     <t>Standard VESA</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
+    <t>System zarządzania kablami</t>
+  </si>
+  <si>
+    <t>MTBF</t>
+  </si>
+  <si>
+    <t>50000 godzin (wyłączając podświetlenie)</t>
+  </si>
+  <si>
     <t>AKCESORIA W ZESTAWIE</t>
   </si>
   <si>
     <t>Kable</t>
   </si>
   <si>
-    <t>zasilający, USB, HDMI</t>
+    <t>zasilający (1.8m), USB (1.5m), HDMI (1.5m)</t>
   </si>
   <si>
     <t>Instrukcje</t>
   </si>
   <si>
     <t>skrócona instrukcja obsługi, instrukcja bezpieczeństwa</t>
   </si>
   <si>
+    <t>Pozostałe</t>
+  </si>
+  <si>
+    <t>Śrubokręt</t>
+  </si>
+  <si>
+    <t>Osłona na kable</t>
+  </si>
+  <si>
     <t>ZARZĄDZANIE ENERGIĄ</t>
   </si>
   <si>
     <t>Zasilacz</t>
   </si>
   <si>
     <t>wewnętrzny</t>
   </si>
   <si>
     <t>Zasilanie</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Zużycie energii</t>
   </si>
   <si>
-    <t>30W typowo, 1.5W stand by, 0.3W off mode</t>
+    <t>21W typowo, 1.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>ZRÓWNOWAŻONY ROZWÓJ</t>
   </si>
   <si>
     <t>Certyfikaty</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA, cTUVus</t>
   </si>
   <si>
     <t>Klasa efektywności energetycznej (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>WYMIARY / WAGA</t>
   </si>
   <si>
     <t>Wymiary produktu szer. x wys. x gł.</t>
   </si>
   <si>
     <t>614 x 403 x 239.5mm</t>
   </si>
@@ -693,54 +717,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N72"/>
+  <dimension ref="A1:N77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N72" sqref="N72"/>
+      <selection activeCell="N77" sqref="N77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1720,424 +1744,524 @@
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="1" t="s">
         <v>78</v>
       </c>
       <c r="B52" s="1" t="s">
         <v>79</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
     </row>
     <row r="53" spans="1:14">
-      <c r="A53" s="1"/>
-      <c r="B53" s="1"/>
+      <c r="A53" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
     </row>
     <row r="54" spans="1:14">
-      <c r="A54" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N54" s="2"/>
+      <c r="A54" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C54" s="1"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1"/>
+      <c r="H54" s="1"/>
+      <c r="I54" s="1"/>
+      <c r="J54" s="1"/>
+      <c r="K54" s="1"/>
+      <c r="L54" s="1"/>
+      <c r="M54" s="1"/>
+      <c r="N54" s="1"/>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="1" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
     </row>
     <row r="56" spans="1:14">
-      <c r="A56" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A56" s="1"/>
+      <c r="B56" s="1"/>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
     </row>
     <row r="57" spans="1:14">
-      <c r="A57" s="1"/>
-[...12 lines deleted...]
-      <c r="N57" s="1"/>
+      <c r="A57" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B57" s="2"/>
+      <c r="C57" s="2"/>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="2"/>
+      <c r="I57" s="2"/>
+      <c r="J57" s="2"/>
+      <c r="K57" s="2"/>
+      <c r="L57" s="2"/>
+      <c r="M57" s="2"/>
+      <c r="N57" s="2"/>
     </row>
     <row r="58" spans="1:14">
-      <c r="A58" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N58" s="2"/>
+      <c r="A58" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1"/>
+      <c r="H58" s="1"/>
+      <c r="I58" s="1"/>
+      <c r="J58" s="1"/>
+      <c r="K58" s="1"/>
+      <c r="L58" s="1"/>
+      <c r="M58" s="1"/>
+      <c r="N58" s="1"/>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="1" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="1"/>
       <c r="B62" s="1"/>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
       <c r="K62" s="1"/>
       <c r="L62" s="1"/>
       <c r="M62" s="1"/>
       <c r="N62" s="1"/>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="2"/>
       <c r="D63" s="2"/>
       <c r="E63" s="2"/>
       <c r="F63" s="2"/>
       <c r="G63" s="2"/>
       <c r="H63" s="2"/>
       <c r="I63" s="2"/>
       <c r="J63" s="2"/>
       <c r="K63" s="2"/>
       <c r="L63" s="2"/>
       <c r="M63" s="2"/>
       <c r="N63" s="2"/>
     </row>
     <row r="64" spans="1:14">
       <c r="A64" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C64" s="1"/>
       <c r="D64" s="1"/>
       <c r="E64" s="1"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
       <c r="I64" s="1"/>
       <c r="J64" s="1"/>
       <c r="K64" s="1"/>
       <c r="L64" s="1"/>
       <c r="M64" s="1"/>
       <c r="N64" s="1"/>
     </row>
     <row r="65" spans="1:14">
       <c r="A65" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C65" s="1"/>
       <c r="D65" s="1"/>
       <c r="E65" s="1"/>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
       <c r="I65" s="1"/>
       <c r="J65" s="1"/>
       <c r="K65" s="1"/>
       <c r="L65" s="1"/>
       <c r="M65" s="1"/>
       <c r="N65" s="1"/>
     </row>
     <row r="66" spans="1:14">
-      <c r="A66" s="1"/>
-      <c r="B66" s="1"/>
+      <c r="A66" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>99</v>
+      </c>
       <c r="C66" s="1"/>
       <c r="D66" s="1"/>
       <c r="E66" s="1"/>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
       <c r="I66" s="1"/>
       <c r="J66" s="1"/>
       <c r="K66" s="1"/>
       <c r="L66" s="1"/>
       <c r="M66" s="1"/>
       <c r="N66" s="1"/>
     </row>
     <row r="67" spans="1:14">
-      <c r="A67" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N67" s="2"/>
+      <c r="A67" s="1"/>
+      <c r="B67" s="1"/>
+      <c r="C67" s="1"/>
+      <c r="D67" s="1"/>
+      <c r="E67" s="1"/>
+      <c r="F67" s="1"/>
+      <c r="G67" s="1"/>
+      <c r="H67" s="1"/>
+      <c r="I67" s="1"/>
+      <c r="J67" s="1"/>
+      <c r="K67" s="1"/>
+      <c r="L67" s="1"/>
+      <c r="M67" s="1"/>
+      <c r="N67" s="1"/>
     </row>
     <row r="68" spans="1:14">
-      <c r="A68" s="1" t="s">
-[...16 lines deleted...]
-      <c r="N68" s="1"/>
+      <c r="A68" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B68" s="2"/>
+      <c r="C68" s="2"/>
+      <c r="D68" s="2"/>
+      <c r="E68" s="2"/>
+      <c r="F68" s="2"/>
+      <c r="G68" s="2"/>
+      <c r="H68" s="2"/>
+      <c r="I68" s="2"/>
+      <c r="J68" s="2"/>
+      <c r="K68" s="2"/>
+      <c r="L68" s="2"/>
+      <c r="M68" s="2"/>
+      <c r="N68" s="2"/>
     </row>
     <row r="69" spans="1:14">
       <c r="A69" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C69" s="1"/>
       <c r="D69" s="1"/>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
       <c r="I69" s="1"/>
       <c r="J69" s="1"/>
       <c r="K69" s="1"/>
       <c r="L69" s="1"/>
       <c r="M69" s="1"/>
       <c r="N69" s="1"/>
     </row>
     <row r="70" spans="1:14">
       <c r="A70" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C70" s="1"/>
       <c r="D70" s="1"/>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
       <c r="I70" s="1"/>
       <c r="J70" s="1"/>
       <c r="K70" s="1"/>
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
     </row>
     <row r="71" spans="1:14">
-      <c r="A71" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A71" s="1"/>
+      <c r="B71" s="1"/>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
     </row>
     <row r="72" spans="1:14">
-      <c r="A72" s="1" t="s">
+      <c r="A72" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B72" s="2"/>
+      <c r="C72" s="2"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2"/>
+      <c r="I72" s="2"/>
+      <c r="J72" s="2"/>
+      <c r="K72" s="2"/>
+      <c r="L72" s="2"/>
+      <c r="M72" s="2"/>
+      <c r="N72" s="2"/>
+    </row>
+    <row r="73" spans="1:14">
+      <c r="A73" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="B72" s="1">
+      <c r="B73" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="C73" s="1"/>
+      <c r="D73" s="1"/>
+      <c r="E73" s="1"/>
+      <c r="F73" s="1"/>
+      <c r="G73" s="1"/>
+      <c r="H73" s="1"/>
+      <c r="I73" s="1"/>
+      <c r="J73" s="1"/>
+      <c r="K73" s="1"/>
+      <c r="L73" s="1"/>
+      <c r="M73" s="1"/>
+      <c r="N73" s="1"/>
+    </row>
+    <row r="74" spans="1:14">
+      <c r="A74" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1"/>
+      <c r="H74" s="1"/>
+      <c r="I74" s="1"/>
+      <c r="J74" s="1"/>
+      <c r="K74" s="1"/>
+      <c r="L74" s="1"/>
+      <c r="M74" s="1"/>
+      <c r="N74" s="1"/>
+    </row>
+    <row r="75" spans="1:14">
+      <c r="A75" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="C75" s="1"/>
+      <c r="D75" s="1"/>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1"/>
+      <c r="H75" s="1"/>
+      <c r="I75" s="1"/>
+      <c r="J75" s="1"/>
+      <c r="K75" s="1"/>
+      <c r="L75" s="1"/>
+      <c r="M75" s="1"/>
+      <c r="N75" s="1"/>
+    </row>
+    <row r="76" spans="1:14">
+      <c r="A76" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C76" s="1"/>
+      <c r="D76" s="1"/>
+      <c r="E76" s="1"/>
+      <c r="F76" s="1"/>
+      <c r="G76" s="1"/>
+      <c r="H76" s="1"/>
+      <c r="I76" s="1"/>
+      <c r="J76" s="1"/>
+      <c r="K76" s="1"/>
+      <c r="L76" s="1"/>
+      <c r="M76" s="1"/>
+      <c r="N76" s="1"/>
+    </row>
+    <row r="77" spans="1:14">
+      <c r="A77" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="B77" s="1">
         <v>4948570123001</v>
       </c>
-      <c r="C72" s="1"/>
-[...10 lines deleted...]
-      <c r="N72" s="1"/>
+      <c r="C77" s="1"/>
+      <c r="D77" s="1"/>
+      <c r="E77" s="1"/>
+      <c r="F77" s="1"/>
+      <c r="G77" s="1"/>
+      <c r="H77" s="1"/>
+      <c r="I77" s="1"/>
+      <c r="J77" s="1"/>
+      <c r="K77" s="1"/>
+      <c r="L77" s="1"/>
+      <c r="M77" s="1"/>
+      <c r="N77" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>