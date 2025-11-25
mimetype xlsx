--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -271,51 +271,51 @@
   <si>
     <t>Pozostałe</t>
   </si>
   <si>
     <t>skrócona instrukcja obsługi, instrukcja bezpieczeństwa</t>
   </si>
   <si>
     <t>ZARZĄDZANIE ENERGIĄ</t>
   </si>
   <si>
     <t>Zasilacz</t>
   </si>
   <si>
     <t>wewnętrzny</t>
   </si>
   <si>
     <t>Zasilanie</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Zużycie energii</t>
   </si>
   <si>
-    <t>60W typowo, 0.5W stand by, 0.3W off mode</t>
+    <t>37W default , 0.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>ZRÓWNOWAŻONY ROZWÓJ</t>
   </si>
   <si>
     <t>Certyfikaty</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, PSE, RoHS support, ErP, WEEE, VCCI, REACH, UKCA</t>
   </si>
   <si>
     <t>Klasa efektywności energetycznej (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>powyżej 0.1% ołowiu</t>
   </si>
 </sst>
 </file>
 