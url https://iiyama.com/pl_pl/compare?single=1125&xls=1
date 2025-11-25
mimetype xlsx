--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -12,149 +12,149 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="116">
   <si>
     <t>ProLite T2452MSC-W1</t>
   </si>
   <si>
     <t>OBRAZ</t>
   </si>
   <si>
     <t>Wygląd</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Przekątna</t>
   </si>
   <si>
-    <t>23.8.", 60.5cm</t>
+    <t>24", 60.5cm</t>
   </si>
   <si>
     <t>Panel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Rozdzielczość fizyczna</t>
   </si>
   <si>
     <t>1920 x 1080 @60Hz</t>
   </si>
   <si>
     <t>Format obrazu</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Jasność</t>
   </si>
   <si>
     <t>400 cd/m²</t>
   </si>
   <si>
     <t>360 cd/m² z panelem dotykowym</t>
   </si>
   <si>
     <t>Przepuszczalność światła</t>
   </si>
   <si>
     <t>90%</t>
   </si>
   <si>
     <t>Kontrast statyczny</t>
   </si>
   <si>
-    <t xml:space="preserve">1000:1 </t>
-[...5 lines deleted...]
-    <t>14ms</t>
+    <t>1000:1 z panelem dotykowym</t>
+  </si>
+  <si>
+    <t>Czas reakcji (GTG)</t>
+  </si>
+  <si>
+    <t>5ms</t>
   </si>
   <si>
     <t>Kąty widzenia</t>
   </si>
   <si>
     <t>poziomo/pionowo: 178°/178°, prawo/lewo: 89°/89°, góra/dół: 89°/89°</t>
   </si>
   <si>
     <t>Kolory</t>
   </si>
   <si>
-    <t>16.7mln 8bit</t>
+    <t>16.7mln</t>
   </si>
   <si>
     <t>Synchronizacja pozioma</t>
   </si>
   <si>
     <t>30 - 83kHz</t>
   </si>
   <si>
     <t>Powierzchnia robocza szer. x wys.</t>
   </si>
   <si>
     <t>527 x 296.5mm, 20.7 x 11.7"</t>
   </si>
   <si>
     <t>Plamka</t>
   </si>
   <si>
-    <t>0.274mm</t>
+    <t>0.275mm</t>
   </si>
   <si>
     <t>Obudowa</t>
   </si>
   <si>
-    <t>biała</t>
+    <t>biała, matowa</t>
   </si>
   <si>
     <t>DOTYK</t>
   </si>
   <si>
     <t>Technologia dotykowa</t>
   </si>
   <si>
     <t>pojemnościowa</t>
   </si>
   <si>
     <t>Punkty dotykowe</t>
   </si>
   <si>
     <t>Dokładność dotyku</t>
   </si>
   <si>
     <t>+- 2mm</t>
   </si>
   <si>
     <t>Dotyk wykonywany</t>
   </si>
   <si>
     <t>rysik, palcem, w rękawiczce (lateks)</t>
   </si>
@@ -172,50 +172,53 @@
   </si>
   <si>
     <t>Funkcja "palm rejection"</t>
   </si>
   <si>
     <t>tak</t>
   </si>
   <si>
     <t>INTERFEJSY / ZŁĄCZA / STEROWANIE</t>
   </si>
   <si>
     <t>Cyfrowe wejścia sygnału</t>
   </si>
   <si>
     <t>HDMI x1
 DisplayPort x1</t>
   </si>
   <si>
     <t>Wyjścia audio</t>
   </si>
   <si>
     <t>Mini jack x1
 Wbudowane głośniki 2 x 1W</t>
   </si>
   <si>
+    <t>HDCP</t>
+  </si>
+  <si>
     <t>USB HUB</t>
   </si>
   <si>
     <t>x2 (v.3.2 (Gen 1, 5Gbit))</t>
   </si>
   <si>
     <t>WŁAŚCIWOŚCI</t>
   </si>
   <si>
     <t>Ekstra</t>
   </si>
   <si>
     <t>powłoka zapobiegająca odciskom palców</t>
   </si>
   <si>
     <t>Twardość szkła</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Blokada przycisków OSD</t>
   </si>
   <si>
     <t>OGÓLNE</t>
@@ -238,83 +241,101 @@
   <si>
     <t>regulacje obrazu (jasność, kontrast, i-Style Colour, ACR, ECO, OD, technologia X-Res), ustawienia kolorów (gamma, zakres RGB, temperatura kolorów), ustawienia obrazu (tryb wyświetlania, redukcja niebieskiego światła, ostre i miękkie), OSD (pozycja pozioma, pozycja pionowa, wygaszenie OSD, tło menu OSD, język, informacje), ekstra (przywróć, DDC/CI, wybrór wejścia, głośność, wycisz, LED, logo startowe, touch switch)</t>
   </si>
   <si>
     <t>Udogodnienia</t>
   </si>
   <si>
     <t>kompatybilny z Kensington-lock™</t>
   </si>
   <si>
     <t>Redukcja niebieskiego światła</t>
   </si>
   <si>
     <t>Flicker free</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>MECHANICZNE</t>
   </si>
   <si>
+    <t>Orientacja</t>
+  </si>
+  <si>
+    <t>pozioma, face-up</t>
+  </si>
+  <si>
     <t>Kąt pochylenia</t>
   </si>
   <si>
     <t>90° w górę; 5° w dół</t>
   </si>
   <si>
     <t>Standard VESA</t>
   </si>
   <si>
     <t>100 x 100mm</t>
   </si>
   <si>
+    <t>System zarządzania kablami</t>
+  </si>
+  <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50000 godzin (wyłączając podświetlenie)</t>
   </si>
   <si>
     <t>AKCESORIA W ZESTAWIE</t>
   </si>
   <si>
     <t>Kable</t>
   </si>
   <si>
-    <t>zasilający, USB, HDMI</t>
+    <t>zasilający (1.8m), USB (1.5m), HDMI (1.5m)</t>
   </si>
   <si>
     <t>Instrukcje</t>
   </si>
   <si>
     <t>skrócona instrukcja obsługi, instrukcja bezpieczeństwa</t>
   </si>
   <si>
+    <t>Pozostałe</t>
+  </si>
+  <si>
+    <t>Śrubokręt</t>
+  </si>
+  <si>
+    <t>Osłona na kable</t>
+  </si>
+  <si>
     <t>ZARZĄDZANIE ENERGIĄ</t>
   </si>
   <si>
     <t>Zasilacz</t>
   </si>
   <si>
     <t>wewnętrzny</t>
   </si>
   <si>
     <t>Zasilanie</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Zużycie energii</t>
   </si>
   <si>
     <t>18W typowo, 1.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>ZRÓWNOWAŻONY ROZWÓJ</t>
   </si>
   <si>
     <t>Certyfikaty</t>
@@ -332,50 +353,56 @@
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>powyżej 0.1% ołowiu</t>
   </si>
   <si>
     <t>WYMIARY / WAGA</t>
   </si>
   <si>
     <t>Wymiary produktu szer. x wys. x gł.</t>
   </si>
   <si>
     <t>567 x 385 x 253.5mm</t>
   </si>
   <si>
     <t>Wymiary pudła szer. x wys. x gł.</t>
   </si>
   <si>
     <t>635 x 405 x 143mm</t>
   </si>
   <si>
     <t>Waga (bez pudła)</t>
   </si>
   <si>
     <t>5.6kg</t>
+  </si>
+  <si>
+    <t>Waga (z pudłem)</t>
+  </si>
+  <si>
+    <t>7.2kg</t>
   </si>
   <si>
     <t>Kod EAN</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -693,54 +720,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N78"/>
+  <dimension ref="A1:N85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N78" sqref="N78"/>
+      <selection activeCell="N85" sqref="N85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="50" customWidth="true" style="0"/>
     <col min="4" max="4" width="50" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="50" customWidth="true" style="0"/>
     <col min="7" max="7" width="50" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="50" customWidth="true" style="0"/>
     <col min="12" max="12" width="50" customWidth="true" style="0"/>
     <col min="13" max="13" width="50" customWidth="true" style="0"/>
     <col min="14" max="14" width="50" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1"/>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1342,581 +1369,587 @@
     <row r="32" spans="1:14">
       <c r="A32" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B32" s="1" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
     </row>
     <row r="34" spans="1:14">
-      <c r="A34" s="1"/>
-      <c r="B34" s="1"/>
+      <c r="A34" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B34" s="1" t="s">
+        <v>54</v>
+      </c>
       <c r="C34" s="1"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
       <c r="I34" s="1"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
     </row>
     <row r="35" spans="1:14">
-      <c r="A35" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N35" s="2"/>
+      <c r="A35" s="1"/>
+      <c r="B35" s="1"/>
+      <c r="C35" s="1"/>
+      <c r="D35" s="1"/>
+      <c r="E35" s="1"/>
+      <c r="F35" s="1"/>
+      <c r="G35" s="1"/>
+      <c r="H35" s="1"/>
+      <c r="I35" s="1"/>
+      <c r="J35" s="1"/>
+      <c r="K35" s="1"/>
+      <c r="L35" s="1"/>
+      <c r="M35" s="1"/>
+      <c r="N35" s="1"/>
     </row>
     <row r="36" spans="1:14">
-      <c r="A36" s="1" t="s">
+      <c r="A36" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...13 lines deleted...]
-      <c r="N36" s="1"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="2"/>
+      <c r="D36" s="2"/>
+      <c r="E36" s="2"/>
+      <c r="F36" s="2"/>
+      <c r="G36" s="2"/>
+      <c r="H36" s="2"/>
+      <c r="I36" s="2"/>
+      <c r="J36" s="2"/>
+      <c r="K36" s="2"/>
+      <c r="L36" s="2"/>
+      <c r="M36" s="2"/>
+      <c r="N36" s="2"/>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="B37" s="1" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="C37" s="1"/>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
       <c r="I37" s="1"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B38" s="1" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
     </row>
     <row r="39" spans="1:14">
-      <c r="A39" s="1"/>
-      <c r="B39" s="1"/>
+      <c r="A39" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>46</v>
+      </c>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
     </row>
     <row r="40" spans="1:14">
-      <c r="A40" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N40" s="2"/>
+      <c r="A40" s="1"/>
+      <c r="B40" s="1"/>
+      <c r="C40" s="1"/>
+      <c r="D40" s="1"/>
+      <c r="E40" s="1"/>
+      <c r="F40" s="1"/>
+      <c r="G40" s="1"/>
+      <c r="H40" s="1"/>
+      <c r="I40" s="1"/>
+      <c r="J40" s="1"/>
+      <c r="K40" s="1"/>
+      <c r="L40" s="1"/>
+      <c r="M40" s="1"/>
+      <c r="N40" s="1"/>
     </row>
     <row r="41" spans="1:14">
-      <c r="A41" s="1" t="s">
+      <c r="A41" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...13 lines deleted...]
-      <c r="N41" s="1"/>
+      <c r="B41" s="2"/>
+      <c r="C41" s="2"/>
+      <c r="D41" s="2"/>
+      <c r="E41" s="2"/>
+      <c r="F41" s="2"/>
+      <c r="G41" s="2"/>
+      <c r="H41" s="2"/>
+      <c r="I41" s="2"/>
+      <c r="J41" s="2"/>
+      <c r="K41" s="2"/>
+      <c r="L41" s="2"/>
+      <c r="M41" s="2"/>
+      <c r="N41" s="2"/>
     </row>
     <row r="42" spans="1:14">
       <c r="A42" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
       <c r="I42" s="1"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
     </row>
     <row r="43" spans="1:14">
       <c r="A43" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
       <c r="E43" s="1"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
       <c r="I43" s="1"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="C44" s="1"/>
       <c r="D44" s="1"/>
       <c r="E44" s="1"/>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
       <c r="I44" s="1"/>
       <c r="J44" s="1"/>
       <c r="K44" s="1"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
     </row>
     <row r="45" spans="1:14">
       <c r="A45" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="C45" s="1"/>
       <c r="D45" s="1"/>
       <c r="E45" s="1"/>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
       <c r="I45" s="1"/>
       <c r="J45" s="1"/>
       <c r="K45" s="1"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
     </row>
     <row r="46" spans="1:14">
       <c r="A46" s="1" t="s">
         <v>70</v>
       </c>
       <c r="B46" s="1" t="s">
         <v>46</v>
       </c>
       <c r="C46" s="1"/>
       <c r="D46" s="1"/>
       <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
       <c r="I46" s="1"/>
       <c r="J46" s="1"/>
       <c r="K46" s="1"/>
       <c r="L46" s="1"/>
       <c r="M46" s="1"/>
       <c r="N46" s="1"/>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" s="1" t="s">
         <v>71</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>72</v>
+        <v>46</v>
       </c>
       <c r="C47" s="1"/>
       <c r="D47" s="1"/>
       <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
       <c r="I47" s="1"/>
       <c r="J47" s="1"/>
       <c r="K47" s="1"/>
       <c r="L47" s="1"/>
       <c r="M47" s="1"/>
       <c r="N47" s="1"/>
     </row>
     <row r="48" spans="1:14">
-      <c r="A48" s="1"/>
-      <c r="B48" s="1"/>
+      <c r="A48" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>73</v>
+      </c>
       <c r="C48" s="1"/>
       <c r="D48" s="1"/>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
       <c r="I48" s="1"/>
       <c r="J48" s="1"/>
       <c r="K48" s="1"/>
       <c r="L48" s="1"/>
       <c r="M48" s="1"/>
       <c r="N48" s="1"/>
     </row>
     <row r="49" spans="1:14">
-      <c r="A49" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N49" s="2"/>
+      <c r="A49" s="1"/>
+      <c r="B49" s="1"/>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
+      <c r="E49" s="1"/>
+      <c r="F49" s="1"/>
+      <c r="G49" s="1"/>
+      <c r="H49" s="1"/>
+      <c r="I49" s="1"/>
+      <c r="J49" s="1"/>
+      <c r="K49" s="1"/>
+      <c r="L49" s="1"/>
+      <c r="M49" s="1"/>
+      <c r="N49" s="1"/>
     </row>
     <row r="50" spans="1:14">
-      <c r="A50" s="1" t="s">
+      <c r="A50" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B50" s="1" t="s">
-[...13 lines deleted...]
-      <c r="N50" s="1"/>
+      <c r="B50" s="2"/>
+      <c r="C50" s="2"/>
+      <c r="D50" s="2"/>
+      <c r="E50" s="2"/>
+      <c r="F50" s="2"/>
+      <c r="G50" s="2"/>
+      <c r="H50" s="2"/>
+      <c r="I50" s="2"/>
+      <c r="J50" s="2"/>
+      <c r="K50" s="2"/>
+      <c r="L50" s="2"/>
+      <c r="M50" s="2"/>
+      <c r="N50" s="2"/>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B51" s="1" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C51" s="1"/>
       <c r="D51" s="1"/>
       <c r="E51" s="1"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
       <c r="I51" s="1"/>
       <c r="J51" s="1"/>
       <c r="K51" s="1"/>
       <c r="L51" s="1"/>
       <c r="M51" s="1"/>
       <c r="N51" s="1"/>
     </row>
     <row r="52" spans="1:14">
       <c r="A52" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="B52" s="1" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C52" s="1"/>
       <c r="D52" s="1"/>
       <c r="E52" s="1"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
       <c r="I52" s="1"/>
       <c r="J52" s="1"/>
       <c r="K52" s="1"/>
       <c r="L52" s="1"/>
       <c r="M52" s="1"/>
       <c r="N52" s="1"/>
     </row>
     <row r="53" spans="1:14">
-      <c r="A53" s="1"/>
-      <c r="B53" s="1"/>
+      <c r="A53" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>80</v>
+      </c>
       <c r="C53" s="1"/>
       <c r="D53" s="1"/>
       <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
       <c r="I53" s="1"/>
       <c r="J53" s="1"/>
       <c r="K53" s="1"/>
       <c r="L53" s="1"/>
       <c r="M53" s="1"/>
       <c r="N53" s="1"/>
     </row>
     <row r="54" spans="1:14">
-      <c r="A54" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N54" s="2"/>
+      <c r="A54" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="C54" s="1"/>
+      <c r="D54" s="1"/>
+      <c r="E54" s="1"/>
+      <c r="F54" s="1"/>
+      <c r="G54" s="1"/>
+      <c r="H54" s="1"/>
+      <c r="I54" s="1"/>
+      <c r="J54" s="1"/>
+      <c r="K54" s="1"/>
+      <c r="L54" s="1"/>
+      <c r="M54" s="1"/>
+      <c r="N54" s="1"/>
     </row>
     <row r="55" spans="1:14">
       <c r="A55" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C55" s="1"/>
       <c r="D55" s="1"/>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
       <c r="I55" s="1"/>
       <c r="J55" s="1"/>
       <c r="K55" s="1"/>
       <c r="L55" s="1"/>
       <c r="M55" s="1"/>
       <c r="N55" s="1"/>
     </row>
     <row r="56" spans="1:14">
-      <c r="A56" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A56" s="1"/>
+      <c r="B56" s="1"/>
       <c r="C56" s="1"/>
       <c r="D56" s="1"/>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
       <c r="I56" s="1"/>
       <c r="J56" s="1"/>
       <c r="K56" s="1"/>
       <c r="L56" s="1"/>
       <c r="M56" s="1"/>
       <c r="N56" s="1"/>
     </row>
     <row r="57" spans="1:14">
-      <c r="A57" s="1"/>
-[...12 lines deleted...]
-      <c r="N57" s="1"/>
+      <c r="A57" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B57" s="2"/>
+      <c r="C57" s="2"/>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+      <c r="H57" s="2"/>
+      <c r="I57" s="2"/>
+      <c r="J57" s="2"/>
+      <c r="K57" s="2"/>
+      <c r="L57" s="2"/>
+      <c r="M57" s="2"/>
+      <c r="N57" s="2"/>
     </row>
     <row r="58" spans="1:14">
-      <c r="A58" s="2" t="s">
+      <c r="A58" s="1" t="s">
         <v>85</v>
       </c>
-      <c r="B58" s="2"/>
-[...11 lines deleted...]
-      <c r="N58" s="2"/>
+      <c r="B58" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="1"/>
+      <c r="F58" s="1"/>
+      <c r="G58" s="1"/>
+      <c r="H58" s="1"/>
+      <c r="I58" s="1"/>
+      <c r="J58" s="1"/>
+      <c r="K58" s="1"/>
+      <c r="L58" s="1"/>
+      <c r="M58" s="1"/>
+      <c r="N58" s="1"/>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C59" s="1"/>
       <c r="D59" s="1"/>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
       <c r="I59" s="1"/>
       <c r="J59" s="1"/>
       <c r="K59" s="1"/>
       <c r="L59" s="1"/>
       <c r="M59" s="1"/>
       <c r="N59" s="1"/>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C60" s="1"/>
       <c r="D60" s="1"/>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
       <c r="I60" s="1"/>
       <c r="J60" s="1"/>
       <c r="K60" s="1"/>
       <c r="L60" s="1"/>
       <c r="M60" s="1"/>
       <c r="N60" s="1"/>
     </row>
     <row r="61" spans="1:14">
       <c r="A61" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>91</v>
+        <v>46</v>
       </c>
       <c r="C61" s="1"/>
       <c r="D61" s="1"/>
       <c r="E61" s="1"/>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
       <c r="I61" s="1"/>
       <c r="J61" s="1"/>
       <c r="K61" s="1"/>
       <c r="L61" s="1"/>
       <c r="M61" s="1"/>
       <c r="N61" s="1"/>
     </row>
     <row r="62" spans="1:14">
       <c r="A62" s="1"/>
       <c r="B62" s="1"/>
       <c r="C62" s="1"/>
       <c r="D62" s="1"/>
       <c r="E62" s="1"/>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
       <c r="I62" s="1"/>
       <c r="J62" s="1"/>
@@ -2076,182 +2109,316 @@
       <c r="L70" s="1"/>
       <c r="M70" s="1"/>
       <c r="N70" s="1"/>
     </row>
     <row r="71" spans="1:14">
       <c r="A71" s="1" t="s">
         <v>104</v>
       </c>
       <c r="B71" s="1" t="s">
         <v>105</v>
       </c>
       <c r="C71" s="1"/>
       <c r="D71" s="1"/>
       <c r="E71" s="1"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
       <c r="I71" s="1"/>
       <c r="J71" s="1"/>
       <c r="K71" s="1"/>
       <c r="L71" s="1"/>
       <c r="M71" s="1"/>
       <c r="N71" s="1"/>
     </row>
     <row r="72" spans="1:14">
-      <c r="A72" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A72" s="1"/>
+      <c r="B72" s="1"/>
       <c r="C72" s="1"/>
       <c r="D72" s="1"/>
       <c r="E72" s="1"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
       <c r="I72" s="1"/>
       <c r="J72" s="1"/>
       <c r="K72" s="1"/>
       <c r="L72" s="1"/>
       <c r="M72" s="1"/>
       <c r="N72" s="1"/>
     </row>
     <row r="73" spans="1:14">
-      <c r="A73" s="1"/>
-[...12 lines deleted...]
-      <c r="N73" s="1"/>
+      <c r="A73" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B73" s="2"/>
+      <c r="C73" s="2"/>
+      <c r="D73" s="2"/>
+      <c r="E73" s="2"/>
+      <c r="F73" s="2"/>
+      <c r="G73" s="2"/>
+      <c r="H73" s="2"/>
+      <c r="I73" s="2"/>
+      <c r="J73" s="2"/>
+      <c r="K73" s="2"/>
+      <c r="L73" s="2"/>
+      <c r="M73" s="2"/>
+      <c r="N73" s="2"/>
     </row>
     <row r="74" spans="1:14">
-      <c r="A74" s="2" t="s">
-[...14 lines deleted...]
-      <c r="N74" s="2"/>
+      <c r="A74" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C74" s="1"/>
+      <c r="D74" s="1"/>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1"/>
+      <c r="H74" s="1"/>
+      <c r="I74" s="1"/>
+      <c r="J74" s="1"/>
+      <c r="K74" s="1"/>
+      <c r="L74" s="1"/>
+      <c r="M74" s="1"/>
+      <c r="N74" s="1"/>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="C75" s="1"/>
       <c r="D75" s="1"/>
       <c r="E75" s="1"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
       <c r="I75" s="1"/>
       <c r="J75" s="1"/>
       <c r="K75" s="1"/>
       <c r="L75" s="1"/>
       <c r="M75" s="1"/>
       <c r="N75" s="1"/>
     </row>
     <row r="76" spans="1:14">
       <c r="A76" s="1" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C76" s="1"/>
       <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
       <c r="I76" s="1"/>
       <c r="J76" s="1"/>
       <c r="K76" s="1"/>
       <c r="L76" s="1"/>
       <c r="M76" s="1"/>
       <c r="N76" s="1"/>
     </row>
     <row r="77" spans="1:14">
       <c r="A77" s="1" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="C77" s="1"/>
       <c r="D77" s="1"/>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
       <c r="I77" s="1"/>
       <c r="J77" s="1"/>
       <c r="K77" s="1"/>
       <c r="L77" s="1"/>
       <c r="M77" s="1"/>
       <c r="N77" s="1"/>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" s="1" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="B78" s="1">
         <v>4948570122066</v>
       </c>
       <c r="C78" s="1"/>
       <c r="D78" s="1"/>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
       <c r="I78" s="1"/>
       <c r="J78" s="1"/>
       <c r="K78" s="1"/>
       <c r="L78" s="1"/>
       <c r="M78" s="1"/>
       <c r="N78" s="1"/>
+    </row>
+    <row r="79" spans="1:14">
+      <c r="A79" s="1"/>
+      <c r="B79" s="1"/>
+      <c r="C79" s="1"/>
+      <c r="D79" s="1"/>
+      <c r="E79" s="1"/>
+      <c r="F79" s="1"/>
+      <c r="G79" s="1"/>
+      <c r="H79" s="1"/>
+      <c r="I79" s="1"/>
+      <c r="J79" s="1"/>
+      <c r="K79" s="1"/>
+      <c r="L79" s="1"/>
+      <c r="M79" s="1"/>
+      <c r="N79" s="1"/>
+    </row>
+    <row r="80" spans="1:14">
+      <c r="A80" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B80" s="2"/>
+      <c r="C80" s="2"/>
+      <c r="D80" s="2"/>
+      <c r="E80" s="2"/>
+      <c r="F80" s="2"/>
+      <c r="G80" s="2"/>
+      <c r="H80" s="2"/>
+      <c r="I80" s="2"/>
+      <c r="J80" s="2"/>
+      <c r="K80" s="2"/>
+      <c r="L80" s="2"/>
+      <c r="M80" s="2"/>
+      <c r="N80" s="2"/>
+    </row>
+    <row r="81" spans="1:14">
+      <c r="A81" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C81" s="1"/>
+      <c r="D81" s="1"/>
+      <c r="E81" s="1"/>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1"/>
+      <c r="H81" s="1"/>
+      <c r="I81" s="1"/>
+      <c r="J81" s="1"/>
+      <c r="K81" s="1"/>
+      <c r="L81" s="1"/>
+      <c r="M81" s="1"/>
+      <c r="N81" s="1"/>
+    </row>
+    <row r="82" spans="1:14">
+      <c r="A82" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="C82" s="1"/>
+      <c r="D82" s="1"/>
+      <c r="E82" s="1"/>
+      <c r="F82" s="1"/>
+      <c r="G82" s="1"/>
+      <c r="H82" s="1"/>
+      <c r="I82" s="1"/>
+      <c r="J82" s="1"/>
+      <c r="K82" s="1"/>
+      <c r="L82" s="1"/>
+      <c r="M82" s="1"/>
+      <c r="N82" s="1"/>
+    </row>
+    <row r="83" spans="1:14">
+      <c r="A83" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C83" s="1"/>
+      <c r="D83" s="1"/>
+      <c r="E83" s="1"/>
+      <c r="F83" s="1"/>
+      <c r="G83" s="1"/>
+      <c r="H83" s="1"/>
+      <c r="I83" s="1"/>
+      <c r="J83" s="1"/>
+      <c r="K83" s="1"/>
+      <c r="L83" s="1"/>
+      <c r="M83" s="1"/>
+      <c r="N83" s="1"/>
+    </row>
+    <row r="84" spans="1:14">
+      <c r="A84" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="C84" s="1"/>
+      <c r="D84" s="1"/>
+      <c r="E84" s="1"/>
+      <c r="F84" s="1"/>
+      <c r="G84" s="1"/>
+      <c r="H84" s="1"/>
+      <c r="I84" s="1"/>
+      <c r="J84" s="1"/>
+      <c r="K84" s="1"/>
+      <c r="L84" s="1"/>
+      <c r="M84" s="1"/>
+      <c r="N84" s="1"/>
+    </row>
+    <row r="85" spans="1:14">
+      <c r="A85" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B85" s="1">
+        <v>4948570122066</v>
+      </c>
+      <c r="C85" s="1"/>
+      <c r="D85" s="1"/>
+      <c r="E85" s="1"/>
+      <c r="F85" s="1"/>
+      <c r="G85" s="1"/>
+      <c r="H85" s="1"/>
+      <c r="I85" s="1"/>
+      <c r="J85" s="1"/>
+      <c r="K85" s="1"/>
+      <c r="L85" s="1"/>
+      <c r="M85" s="1"/>
+      <c r="N85" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>