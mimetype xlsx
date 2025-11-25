--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -163,180 +163,180 @@
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Ondersteunende operating systemen</t>
   </si>
   <si>
     <t>Alle iiyama monitoren zijn Plug &amp; Play en compatibel met Windows en Linux. Voor details over het ondersteunende besturingssysteem voor onze touch-modellen, verwijzen wij u naar het driver instructiebestand in de download sectie.</t>
   </si>
   <si>
     <t>Palm afwijzing</t>
   </si>
   <si>
     <t>ja</t>
   </si>
   <si>
     <t>SIGNAALINGANGEN &amp; CONNECTIVITEIT</t>
   </si>
   <si>
     <t>Digitale video ingang</t>
   </si>
   <si>
     <t>HDMI x2 (2.0, max. 3840x2160 @60Hz, YUV444, ARC on HDMI #1)
 DisplayPort x1 (1.2, max. 3840x2160 @60Hz)
-USB-C x1 (3.2 (Gen 1, 5Gbit), 3840x2160 @60Hz (RGB444), DP 1.2 Alt-modus, Touch, 1x voor: 100W PD, 1x achter: 15W PD)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode, PD 100W, Data, Touch)</t>
   </si>
   <si>
     <t>Audio ingang</t>
   </si>
   <si>
     <t>Mini jack x1 (Microphone)</t>
   </si>
   <si>
     <t>Besturing IN</t>
   </si>
   <si>
     <t>RS-232c x1 (DSUB 9pin)</t>
   </si>
   <si>
     <t>Digitale video uitgang</t>
   </si>
   <si>
     <t>HDMI x1 (2.0, max. 3840x2160 @60Hz, YUV444 / RGB444)
-USB-C x1 (3.2, Gen 1, 5Gbit), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
+USB-C x1 (2.0, 480Mbps), 3840x2160 @60Hz (YUV444/ RGB444), DP 1.2 Alt mode)</t>
   </si>
   <si>
     <t>Audio uitgang</t>
   </si>
   <si>
     <t>S/PDIF (Optical) x1
 Mini jack x1 (Headphone)
 Luidspreker 2 x 20W (Frontaal gericht + 20W Subwoofer)</t>
   </si>
   <si>
     <t>Besturing UIT</t>
   </si>
   <si>
     <t>OPS Slot x1 (Intel OPS 80pin)</t>
   </si>
   <si>
     <t>HDCP</t>
   </si>
   <si>
     <t>USB poorten</t>
   </si>
   <si>
-    <t>x5</t>
+    <t>x4 (media playback / randapparatuur / opslag - zijkant: 2x 3.2 (Gen 1, 5Gbit), 1x 2.0 (Android only), 1x USB-C IN 2.0 (480Mbps, 100W PD))</t>
   </si>
   <si>
     <t>RJ45 (LAN)</t>
   </si>
   <si>
     <t>x2 (Auto wisseling voor PC &amp; Android, 1000MB)</t>
   </si>
   <si>
     <t>Microfoon</t>
   </si>
   <si>
     <t>8-Array (8m voice-pickup)</t>
   </si>
   <si>
     <t>KENMERKEN</t>
   </si>
   <si>
     <t>Geïntegreerde software</t>
   </si>
   <si>
     <t>iiWare 21E (Android 14 OS) met Google EDLA, iiControl (DMS), Whiteboard, iiBrowser, file manager, cloud drives en iiShare, plus EShare voor een draadloze connectie met Windows/iOS/Android apparaten</t>
   </si>
   <si>
     <t>WiFi</t>
   </si>
   <si>
     <t>ja (WiFi-6, Bluetooth 5.0)</t>
   </si>
   <si>
     <t>Hardware</t>
   </si>
   <si>
     <t>CPU: RK3576 Octa-core A72*4 + A53*4, GPU: Mali G52 MC3, RAM: 16GB, ROM: 128GB</t>
   </si>
   <si>
     <t>Extra</t>
   </si>
   <si>
-    <t>Sensoren: Ambiant light, NFC Reader, PIR Motion, Pen Pick-up,  Sleuf voor optionele OPS PC, Micro SD kaart sleuf, 4x Touch pen (anti-bacterie coating)</t>
+    <t>Sensoren: Ambiant light, NFC Reader, PIR Motion, Pen Pick-up,  Sleuf voor optionele OPS PC, Micro SD kaart sleuf, 4x Touch pen</t>
   </si>
   <si>
     <t>PiP</t>
   </si>
   <si>
     <t>Max. continue bedrijfsduur</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Media playback</t>
   </si>
   <si>
     <t>Glasdikte</t>
   </si>
   <si>
     <t>3.2mm</t>
   </si>
   <si>
     <t>Glas hardheidsgraad</t>
   </si>
   <si>
     <t>7H</t>
   </si>
   <si>
     <t>Behuizing (bezel)</t>
   </si>
   <si>
     <t>metal</t>
   </si>
   <si>
     <t>OSD vergrendelen</t>
   </si>
   <si>
     <t>ALGEMEEN</t>
   </si>
   <si>
     <t>OSD-talen</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, CAT, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Bedieningsknoppen</t>
   </si>
   <si>
-    <t>Aan/ Uit</t>
+    <t>Aan/Uit (3–5 seconden ingedrukt houden), Startscherm (snelkoppeling op het scherm): Druk kort op de aan/uitknop</t>
   </si>
   <si>
     <t>Gebruikersinstellingen</t>
   </si>
   <si>
     <t>personalisatie (thema, achtergrond, automatische herhaling), weergave (achtergrondverlichting, beeldmodus, helderheid, contrast, verzadiging, tint, scherpte, kleurtemperatuur, oogbeschermingsmodus, energiebesparing, HDMI-bereik), geluid (direct volume, maximaal volume, equalizer, balans, geluidsmodus, bas, hoge tonen), algemeen (radiaal menu, zijmenubalk, gebareninteractie, schermrecorder, vrije annotatie), apparaat (microfoon, camera (extern), NFC, CEC, omgevingslichtsensor, stylus pen ophaalsensor, PIR-bewegingssensor), invoersettingen (bronverliesdetectie, automatische bronwisseling, automatisch ontwaken, OPS-opstart met systeem, bron bij inschakelen, invoerinstelling hernoemen), systeem (stroomstatus, buildversie), beheer (menublokkering, systeembeveiliging, vergadermodus, scherm delen, HDMI-modus, wake on lan), applicaties (netwerk &amp; internet, verbonden apparaten, apps, meldingen, opslag, geluid &amp; trilling, weergave, achtergrond, toegankelijkheid, beveiliging &amp; privacy, locatie, veiligheid &amp; noodsituaties, wachtwoorden &amp; accounts, digitaal welzijn &amp; ouderlijk toezicht, Google, systeem, over het apparaat)</t>
   </si>
   <si>
     <t>Blue light reducer</t>
   </si>
   <si>
     <t>Flicker Free LED</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>
   <si>
     <t>DDC2B</t>
   </si>
   <si>
     <t>Garantie</t>
   </si>
   <si>
     <t>5 jaar (voor meer informatie en de in aanmerking komende landen, raadpleeg de garantiepagina op onze website)</t>
   </si>
@@ -367,99 +367,99 @@
   <si>
     <t>Opslagruimte temperatuur</t>
   </si>
   <si>
     <t>- 20°C - 60°C</t>
   </si>
   <si>
     <t>MTBF</t>
   </si>
   <si>
     <t>50.000 uren (exclusief backlight)</t>
   </si>
   <si>
     <t>INBEGREPEN ACCESSOIRES</t>
   </si>
   <si>
     <t>Kabels</t>
   </si>
   <si>
     <t>Stroom (EU 3m, UK 3m), USB (3m), HDMI (3m)</t>
   </si>
   <si>
     <t>Touch pen</t>
   </si>
   <si>
-    <t>x4 (Dubbel-functie tips, anti-bacterie coating)</t>
+    <t>x4 (Dubbel-functie tips)</t>
   </si>
   <si>
     <t>Handleiding</t>
   </si>
   <si>
     <t>Quick guide handleiding, veiligheidsinstructies</t>
   </si>
   <si>
     <t>Overige</t>
   </si>
   <si>
     <t>Wandmontagebeugel (VESA 800x400), Bevestigingsbeugel voor webcam, Kabelbinders (6st)</t>
   </si>
   <si>
     <t>Afstandsbediening</t>
   </si>
   <si>
     <t>ja (inclusief batterijen)</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Voeding</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stroomvoorziening</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Energieverbruik</t>
   </si>
   <si>
     <t>216W typisch, 0.5W stand by, 0.3W uit modus</t>
   </si>
   <si>
     <t>DUURZAAMHEID</t>
   </si>
   <si>
     <t>Richtlijnen</t>
   </si>
   <si>
-    <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
+    <t>CB, CE, TÜV-GS, EAC, RoHS support, ErP, WEEE, EPEAT, REACH (RoHS)</t>
   </si>
   <si>
     <t>Energie efficiëntie klasse (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>EPEAT</t>
   </si>
   <si>
     <t>EPEAT is een veelomvattende milieuclassificatie die helpt bij het identificeren van groenere computers en andere elektronische apparaten. Dankzij de Bronze-certificering voldoet de monitor aan alle vereiste criteria. EPEAT Bronze is geldig in landen waar iiyama het product registreert. Bezoek www.epeat.net voor de registratiestatus in uw land.</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>meer dan 0.1%: Lood</t>
   </si>
   <si>
     <t>AFMETINGEN / GEWICHT</t>
   </si>
   <si>
     <t>Product afmetingen B x H x D</t>
   </si>