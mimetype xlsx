--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t>500 cd/m²</t>
   </si>
   <si>
     <t>Statisch contrast</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Reactietijd (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Inkijkhoek</t>
   </si>
   <si>
     <t>horizontaal/verticaal: 178°/178°, rechts/links: 89°/89°, naar boven/onderen: 89°/89°</t>
   </si>
   <si>
     <t>Kleurondersteuning</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Horizontale frequentie</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Zichtbaar formaat</t>
   </si>
   <si>
     <t>2158.8 x 1214.4mm, 85 x 47.8"</t>
   </si>
   <si>
     <t>Bezel breedte (zijkanten, bovenkant, onderkant)</t>
   </si>
   <si>
-    <t>21.5mm, 21.8mm, 21.8mm</t>
+    <t>20mm, 20mm, 20mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.487mm</t>
   </si>
   <si>
     <t>Kleur behuizing en afwerking</t>
   </si>
   <si>
     <t>zwart, mat</t>
   </si>
   <si>
     <t>SIGNAALINGANGEN &amp; CONNECTIVITEIT</t>
   </si>
   <si>
     <t>Digitale video ingang</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Besturing IN</t>