--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,51 +41,51 @@
   <si>
     <t>PANEEL EIGENSCHAPPEN</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Beelddiagonaal</t>
   </si>
   <si>
     <t>21.5", 54.5cm</t>
   </si>
   <si>
     <t>Paneel</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Resolutie</t>
   </si>
   <si>
-    <t>1920 x 1080 (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Beeldverhouding</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Paneel helderheid</t>
   </si>
   <si>
     <t>250 cd/m²</t>
   </si>
   <si>
     <t>Helderheid</t>
   </si>
   <si>
     <t>215 cd/m² met touch panel</t>
   </si>
   <si>
     <t>Licht overdracht</t>
   </si>
   <si>
     <t>86%</t>
   </si>