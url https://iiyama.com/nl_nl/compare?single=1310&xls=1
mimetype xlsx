--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -329,51 +329,51 @@
   <si>
     <t>Afstandsbediening</t>
   </si>
   <si>
     <t>ja (inclusief batterijen)</t>
   </si>
   <si>
     <t>POWER-MANAGEMENT</t>
   </si>
   <si>
     <t>Voeding</t>
   </si>
   <si>
     <t>intern</t>
   </si>
   <si>
     <t>Stroomvoorziening</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Energieverbruik</t>
   </si>
   <si>
-    <t>331W typisch, 0.5W stand by, 0.3W uit modus</t>
+    <t>173W typisch, 0.5W stand by, 0.3W uit modus</t>
   </si>
   <si>
     <t>DUURZAAMHEID</t>
   </si>
   <si>
     <t>Richtlijnen</t>
   </si>
   <si>
     <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Energie efficiëntie klasse (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>