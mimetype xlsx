--- v0 (2025-10-26)
+++ v1 (2025-12-24)
@@ -159,51 +159,51 @@
   <si>
     <t>Flicker free</t>
   </si>
   <si>
     <t xml:space="preserve">supporta la Tecnologia Adaptive Sync </t>
   </si>
   <si>
     <t>FreeSync - 1920 x 1080 @48-144Hz</t>
   </si>
   <si>
     <t>Lingua OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, JP, CZ, NL, PL, UA</t>
   </si>
   <si>
     <t>Pulsanti controllo</t>
   </si>
   <si>
     <t>Joystick / Pulsante di alimentazione: Alimentazione / Menù (Centro), Su / Seleziona input, Giù, Destro / Volume / Disattiva audio, Sinistro / Luminosità / Adaptive Sync / Modalità notturna / Reduzione Motion Blur / i-Style Color / ECO</t>
   </si>
   <si>
     <t>Controllo utente</t>
   </si>
   <si>
-    <t>Regulace obrazu (Contrasto, Luminosità, Overdrive, Adaptive Sync, Contrasto Avanzato, Modalità notturna, Riduzione Motion Blur, Gamma), Seleziona input (Auto/Manuale, HDMI, DP), Regolazione Audio (Volume, Disattiva audio), Regolazione Audio (Modalità Utente), Regolazione Colore (6-assi, Temperatura Colore, Preimpostazioni utente, i-Style Color, Blue Light Reducer, Black Tuner), Regolazione imagine (Nitidezza, RGB Range, Aspect, X-Res Technology), Lingua, Setup Menù (Posizione O., Posizione V., Intervallo OSD, Sfondo OSD, Rotazione OSD, Logo iniziale, LED di alimentazione, Controllo DDC/CI), Informazioni, Ripristino (Azzera tutto)</t>
+    <t>regolazione dell'immagine (contrasto, luminosità, OD, Adaptive Sync, Adv. Contrast, modalità notturna, riduzione della sfocatura da movimento, gamma), selezione dell'ingresso (automatico/manuale, HDMI, DP), impostazioni audio (volume, silenziamento audio), memorizzazione delle impostazioni utente (modalità utente), impostazioni colore (6 assi, temperatura colore, preimpostazioni utente, colore i-style, riduttore di luce blu, sintonizzatore nero), regolazione immagine (nitidezza, gamma RGB, regolazione modalità video, tecnologia x-res), lingua, menu di configurazione (posizione OSD orizzontale, posizione OSD verticale, ora OSD, sfondo OSD, rotazione OSD, logo di apertura, LED di alimentazione, controllo ddc/ci), informazioni sul display, ripristino (ripristina tutto)</t>
   </si>
   <si>
     <t>Altoparlanti</t>
   </si>
   <si>
     <t>2 x 2W</t>
   </si>
   <si>
     <t>Utilità</t>
   </si>
   <si>
     <t>brevettato Kensington-lock™, DDC/CI, DDC2B, Mac OSX</t>
   </si>
   <si>
     <t>MECCANICA</t>
   </si>
   <si>
     <t>Regolazione posizione display</t>
   </si>
   <si>
     <t>altezza, pivot (rotazione), swivel, tilt</t>
   </si>
   <si>
     <t>Regolazione altezza</t>
   </si>