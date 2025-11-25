--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -177,51 +177,51 @@
   <si>
     <t>2 x 1W</t>
   </si>
   <si>
     <t>MECCANICA</t>
   </si>
   <si>
     <t>Regolazione posizione display</t>
   </si>
   <si>
     <t>tilt</t>
   </si>
   <si>
     <t>Angolo di inclinazione</t>
   </si>
   <si>
     <t>60° alto; 45° giù</t>
   </si>
   <si>
     <t>ACCESSORI INCLUSI</t>
   </si>
   <si>
     <t>Cavo</t>
   </si>
   <si>
-    <t>di alimentazione (1.0m), USB-C (1.5m)</t>
+    <t>USB-C (1.5m)</t>
   </si>
   <si>
     <t>Altro</t>
   </si>
   <si>
     <t>guida rapida, guida di sicurezza</t>
   </si>
   <si>
     <t>ALIMENTAZIONE</t>
   </si>
   <si>
     <t>Unità di alimentazione</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Alimentazione</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Consumo energia</t>
   </si>