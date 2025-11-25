--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -143,51 +143,51 @@
   <si>
     <t>TOUCH</t>
   </si>
   <si>
     <t>Tecnologia touchscreen</t>
   </si>
   <si>
     <t>DeepContrast-PCAP</t>
   </si>
   <si>
     <t>Punti tocco</t>
   </si>
   <si>
     <t>20 (HID, solo con OS supportato)</t>
   </si>
   <si>
     <t>Precisione Touch</t>
   </si>
   <si>
     <t>+- 2.5mm</t>
   </si>
   <si>
     <t>Modalità tocco</t>
   </si>
   <si>
-    <t>penna, dito, guanto (latex)</t>
+    <t>penna, dito</t>
   </si>
   <si>
     <t>Touch interface</t>
   </si>
   <si>
     <t>USB</t>
   </si>
   <si>
     <t>Sistema operativo supportato</t>
   </si>
   <si>
     <t>Tutti i monitor iiyama sono Plug &amp; Play e compatibili con Windows e Linux. Per ulteriori dettagli riguardo i sistemi operativi supportati per i modelli Touch, fare riferimento ai driver disponibili nella sezione Download.</t>
   </si>
   <si>
     <t>Palm rejection</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>INTERFACCE / CONNETTORI / CONTROLLI</t>
   </si>
   <si>
     <t>Connettore ingresso digitale</t>
   </si>
@@ -261,51 +261,51 @@
   <si>
     <t>Tempo massimo di funzionamento non-stop</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Immagini statiche</t>
   </si>
   <si>
     <t>Spessore vetro</t>
   </si>
   <si>
     <t>3.7mm</t>
   </si>
   <si>
     <t>Resistenza vetro</t>
   </si>
   <si>
     <t>8H</t>
   </si>
   <si>
     <t>Involucro (cornice)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>metallo (frontale)</t>
   </si>
   <si>
     <t>Blocco OSD</t>
   </si>
   <si>
     <t>Blocco telecomando</t>
   </si>
   <si>
     <t>GENERALE</t>
   </si>
   <si>
     <t>Lingua OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, RU, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Pulsanti controllo</t>
   </si>
   <si>
     <t>Accensione (premere a lungo per il menu rapido (sorgente, volume +, volume -, luminosità +, luminosità -, sblocco a sfioramento)</t>
   </si>
   <si>
     <t>Controllo utente</t>
   </si>