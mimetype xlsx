--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Contrasto statico</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Tempo di risposta (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Angolo di visione</t>
   </si>
   <si>
     <t>orizzontale/verticale: 178°/178°, sinistra/destro 89°/89°,  alto/gíu: 89°/89°</t>
   </si>
   <si>
     <t>Supporta colore</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Siincronizzazione orizontale</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Angolo di visione L x H</t>
   </si>
   <si>
     <t>2158.8 x 1214.4mm, 85 x 47.8"</t>
   </si>
   <si>
     <t>Spessore cornice (laterale,sopra, sotto)</t>
   </si>
   <si>
-    <t>21.5mm, 21.8mm, 21.8mm</t>
+    <t>20mm, 20mm, 20mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.487mm</t>
   </si>
   <si>
     <t>Cornice colore e finitura</t>
   </si>
   <si>
     <t>nero, opaca</t>
   </si>
   <si>
     <t>INTERFACCE / CONNETTORI / CONTROLLI</t>
   </si>
   <si>
     <t>Connettore ingresso digitale</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitor controlli ingresso</t>