--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Contrasto statico</t>
   </si>
   <si>
     <t xml:space="preserve">5000:1 </t>
   </si>
   <si>
     <t>Tempo di risposta (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Angolo di visione</t>
   </si>
   <si>
     <t>orizzontale/verticale: 178°/178°, sinistra/destro 89°/89°,  alto/gíu: 89°/89°</t>
   </si>
   <si>
     <t>Supporta colore</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Siincronizzazione orizontale</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Angolo di visione L x H</t>
   </si>
   <si>
     <t>1650.2 x 928.3mm, 65 x 36.6"</t>
   </si>
   <si>
     <t>Spessore cornice (laterale,sopra, sotto)</t>
   </si>
   <si>
-    <t>14.3mm, 14.3mm, 14.3mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.430mm</t>
   </si>
   <si>
     <t>Cornice colore e finitura</t>
   </si>
   <si>
     <t>nero, opaca</t>
   </si>
   <si>
     <t>INTERFACCE / CONNETTORI / CONTROLLI</t>
   </si>
   <si>
     <t>Connettore ingresso digitale</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitor controlli ingresso</t>
@@ -199,51 +199,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Kit di montaggio a parete incluso (VESA 500x500mm)</t>
   </si>
   <si>
     <t>Tempo massimo di funzionamento non-stop</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Immagini statiche</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>Media playback</t>
   </si>
   <si>
     <t>Involucro (cornice)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastic</t>
   </si>
   <si>
     <t>GENERALE</t>
   </si>
   <si>
     <t>Lingua OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Pulsanti controllo</t>
   </si>
   <si>
     <t>Indicatore di alimentazione, Pulsante di accensione, Sensore remoto</t>
   </si>
   <si>
     <t>Controllo utente</t>
   </si>
   <si>
     <t>rete (stato, Wifi, ethernet, hotspot), immagine (luminosità, contrasto, nitidezza, livello del nero, tinta, colore, riduzione del rumore, selezione gamma, temp. colore, reset immagine), audio (bilanciamento, alti, bassi, volume, uscita audio, volume massimo, volume minimo), controllo del colore, reset dell'immagine), audio (bilanciamento, alti, bassi, volume, uscita audio, volume massimo, volume minimo, mute, sincronizzazione dell'uscita audio). volume, mute, sincronizzazione uscita audio, impostazione altoparlanti, reset audio), impostazione OSD (timeout OSD, posizione H OSD, posizione V OSD, trasparenza OSD, informazioni OSD), generale (logo e animazione, sfondo, immagine senza segnale, pianificazione, timer di spegnimento), schermo (modalità zoom, zoom personalizzato, rotazione del sistema, reset schermo), dispositivo (stato di accensione, instradamento RS232, controllo IR, risparmio energetico, salvataggio del pannello, informazioni sul monitor, altro), canale (avvio sulla sorgente, rinominare il canale di ingresso, commutazione automatica della sorgente, rilevamento della perdita del segnale, versione HDMI), sistema (lingua, aggiornamento del sistema, reset delle impostazioni, reset di fabbrica, impostazione Android), amministrazione (blocco del menu, sala riunioni, HDMI CEC, condivisione dello schermo, standby Miracast, esportazione del log)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>