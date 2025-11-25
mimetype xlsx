--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -77,69 +77,69 @@
   <si>
     <t xml:space="preserve">500 cd/m² </t>
   </si>
   <si>
     <t>Contrasto statico</t>
   </si>
   <si>
     <t xml:space="preserve">1200:1 </t>
   </si>
   <si>
     <t>Tempo di risposta (GTG)</t>
   </si>
   <si>
     <t>6.5ms</t>
   </si>
   <si>
     <t>Angolo di visione</t>
   </si>
   <si>
     <t>orizzontale/verticale: 178°/178°, sinistra/destro 89°/89°,  alto/gíu: 89°/89°</t>
   </si>
   <si>
     <t>Supporta colore</t>
   </si>
   <si>
-    <t>1.07G (8 Bits+FRC)</t>
+    <t>1.07G (8 Bits+FRC) (NTSC 72%)</t>
   </si>
   <si>
     <t>Siincronizzazione orizontale</t>
   </si>
   <si>
     <t>57 - 62kHz</t>
   </si>
   <si>
     <t>Angolo di visione L x H</t>
   </si>
   <si>
     <t>1096 x 616.4mm, 43.2 x 24.3"</t>
   </si>
   <si>
     <t>Spessore cornice (laterale,sopra, sotto)</t>
   </si>
   <si>
-    <t>13.8mm, 13.8mm, 13.8mm</t>
+    <t>12.8mm, 12.8mm, 12.8mm</t>
   </si>
   <si>
     <t>Pixel pitch</t>
   </si>
   <si>
     <t>0.285mm</t>
   </si>
   <si>
     <t>Cornice colore e finitura</t>
   </si>
   <si>
     <t>nero, opaca</t>
   </si>
   <si>
     <t>INTERFACCE / CONNETTORI / CONTROLLI</t>
   </si>
   <si>
     <t>Connettore ingresso digitale</t>
   </si>
   <si>
     <t>HDMI x2 (v.2.0, max. 3840x2160 @60Hz)
 USB-C x1 (DP Alt, 15W PD)</t>
   </si>
   <si>
     <t>Monitor controlli ingresso</t>
@@ -199,51 +199,51 @@
   <si>
     <t>Extra</t>
   </si>
   <si>
     <t>Kit di montaggio a parete incluso (VESA 400x300mm)</t>
   </si>
   <si>
     <t>Tempo massimo di funzionamento non-stop</t>
   </si>
   <si>
     <t>24/7</t>
   </si>
   <si>
     <t>Immagini statiche</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>Media playback</t>
   </si>
   <si>
     <t>Involucro (cornice)</t>
   </si>
   <si>
-    <t>metal</t>
+    <t>plastic</t>
   </si>
   <si>
     <t>GENERALE</t>
   </si>
   <si>
     <t>Lingua OSD</t>
   </si>
   <si>
     <t>EN, DE, FR, ES, IT, CN, RU, JP, CZ, NL, PL, SV, FI, DA, NB</t>
   </si>
   <si>
     <t>Pulsanti controllo</t>
   </si>
   <si>
     <t>Indicatore di alimentazione, Pulsante di accensione, Sensore remoto</t>
   </si>
   <si>
     <t>Controllo utente</t>
   </si>
   <si>
     <t>immagine (luminosità, contrasto, nitidezza, livello del nero, tinta, colore, riduzione del rumore, selezione della gamma, temperatura del colore, controllo del colore, over scan, reset dell'immagine), schermo (modalità zoom, zoom personalizzato, reset dello schermo), audio (bilanciamento, alti, bassi, volume, uscita audio, volume massimo, volume minimo, mute, sincronizzazione dell'uscita audio, impostazione dell'altoparlante, reset dell'audio), configurazione 1 (stato di accensione, salvataggio del pannello, instradamento RS232, avvio su sorgente, WOL, reset della configurazione 1, reset di fabbrica), configurazione 2 (timeout OSD, posizione H dell'OSD, posizione V dell'OSD, rotazione del sistema, informazioni OSD, impostazione del logo e dell'animazione, impostazione dell'animazione, ID del monitor, informazioni sul monitor, versione HDMI, reset della configurazione 2), opzione avanzata (controllo IR, timer di spegnimento, pianificazione, HDMI con un solo filo, HDMI con un solo filo, spegnimento, FailOver, lingua, trasparenza OSD, risparmio energetico, reset dell'opzione avanzata), impostazioni Android (rete e internet, app e notifiche, display, display segnaletica, sicurezza, lingua e ingresso, data e ora, informazioni sul dispositivo)</t>
   </si>
   <si>
     <t>Plug&amp;Play</t>
   </si>