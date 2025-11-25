--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,66 +41,66 @@
   <si>
     <t>CARATTERISTICHE DISPLAY</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Diagonale</t>
   </si>
   <si>
     <t>23.8.", 60.5cm</t>
   </si>
   <si>
     <t>Pannello</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Risoluzione nativa</t>
   </si>
   <si>
-    <t>1920 x 1080 @60Hz (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Luminosità</t>
   </si>
   <si>
     <t xml:space="preserve">400 cd/m² </t>
   </si>
   <si>
-    <t>344 cd/m² con touch</t>
+    <t>345 cd/m² con touch</t>
   </si>
   <si>
     <t>Trasmissione luce</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Contrasto statico</t>
   </si>
   <si>
     <t xml:space="preserve">1000:1 </t>
   </si>
   <si>
     <t>Tempo di risposta (GTG)</t>
   </si>
   <si>
     <t>5ms</t>
   </si>
   <si>
     <t>Angolo di visione</t>
   </si>
   <si>
     <t>orizzontale/verticale: horizontal°/vertical horizontal°, sinistra/destro 0°/0°,  alto/gíu: 0°/0°</t>
   </si>