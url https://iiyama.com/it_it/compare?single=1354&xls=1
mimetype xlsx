--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -41,51 +41,51 @@
   <si>
     <t>CARATTERISTICHE DISPLAY</t>
   </si>
   <si>
     <t>Design</t>
   </si>
   <si>
     <t>Edge to edge glass</t>
   </si>
   <si>
     <t>Diagonale</t>
   </si>
   <si>
     <t>21.5", 54.5cm</t>
   </si>
   <si>
     <t>Pannello</t>
   </si>
   <si>
     <t>IPS</t>
   </si>
   <si>
     <t>Risoluzione nativa</t>
   </si>
   <si>
-    <t>1920 x 1080 (2.1 megapixel Full HD)</t>
+    <t>1920 x 1080 @100Hz (2.1 megapixel Full HD)</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>16:9</t>
   </si>
   <si>
     <t>Luminosità</t>
   </si>
   <si>
     <t xml:space="preserve">250 cd/m² </t>
   </si>
   <si>
     <t>215 cd/m² con touch</t>
   </si>
   <si>
     <t>Trasmissione luce</t>
   </si>
   <si>
     <t>86%</t>
   </si>
   <si>
     <t>Contrasto statico</t>
   </si>