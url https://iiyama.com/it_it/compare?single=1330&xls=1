--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -258,51 +258,51 @@
   <si>
     <t>Altro</t>
   </si>
   <si>
     <t>guida rapida, guida di sicurezza</t>
   </si>
   <si>
     <t>ALIMENTAZIONE</t>
   </si>
   <si>
     <t>Unità di alimentazione</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Alimentazione</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Consumo energia</t>
   </si>
   <si>
-    <t>55W tipico, 0.5W stand by, 0.3W spento</t>
+    <t>32W default , 0.5W stand by, 0.3W spento</t>
   </si>
   <si>
     <t>SOSTENIBILITA'</t>
   </si>
   <si>
     <t>Norme</t>
   </si>
   <si>
     <t>TCO Certified, CE, TÜV-GS, EAC, VCCI-B, PSE, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Classe efficienza energetica (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>EPEAT Silver</t>
   </si>
   <si>
     <t>*l'iscrizione varia a seconda del paese, per i dettagli consultare il sito www.epeat.net</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>