--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -329,51 +329,51 @@
   <si>
     <t>controllo remoto</t>
   </si>
   <si>
     <t>si (batterie incluse)</t>
   </si>
   <si>
     <t>ALIMENTAZIONE</t>
   </si>
   <si>
     <t>Unità di alimentazione</t>
   </si>
   <si>
     <t>interno</t>
   </si>
   <si>
     <t>Alimentazione</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Consumo energia</t>
   </si>
   <si>
-    <t>331W tipico, 0.5W stand by, 0.3W spento</t>
+    <t>173W tipico, 0.5W stand by, 0.3W spento</t>
   </si>
   <si>
     <t>SOSTENIBILITA'</t>
   </si>
   <si>
     <t>Norme</t>
   </si>
   <si>
     <t>CB, CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA</t>
   </si>
   <si>
     <t>Classe efficienza energetica (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>