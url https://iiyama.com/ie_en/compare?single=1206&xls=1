--- v0 (2025-10-03)
+++ v1 (2025-11-25)
@@ -298,51 +298,51 @@
   <si>
     <t>Guides</t>
   </si>
   <si>
     <t>quick start guide, safety guide</t>
   </si>
   <si>
     <t>POWER MANAGEMENT</t>
   </si>
   <si>
     <t>Power supply unit</t>
   </si>
   <si>
     <t>internal</t>
   </si>
   <si>
     <t>Power supply</t>
   </si>
   <si>
     <t>AC 100 - 240V, 50/60Hz</t>
   </si>
   <si>
     <t>Power usage</t>
   </si>
   <si>
-    <t>30W typical, 1.5W stand by, 0.3W off mode</t>
+    <t>21W typical, 1.5W stand by, 0.3W off mode</t>
   </si>
   <si>
     <t>SUSTAINABILITY</t>
   </si>
   <si>
     <t>Regulations</t>
   </si>
   <si>
     <t>CE, TÜV-Bauart, EAC, RoHS support, ErP, WEEE, REACH, UKCA, cTUVus</t>
   </si>
   <si>
     <t>Energy efficiency class (Regulation (EU) 2017/1369)</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>REACH SVHC</t>
   </si>
   <si>
     <t>above 0.1%: Lead</t>
   </si>
   <si>
     <t>DIMENSIONS / WEIGHT</t>
   </si>